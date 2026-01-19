--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -11,140 +11,124 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4508407E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="4508407E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00FC2526" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2526">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>Metropolitan Council Environmental Services</w:t>
+          <w:color w:val="747474"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689F0A72" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="689F0A72" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00FC2526" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D47A4F">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2526">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3860AE1A" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="3860AE1A" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00FC2526" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D47A4F">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2526">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> North</w:t>
+          <w:color w:val="747474"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   390 Robert Street North</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7003EA7E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="7003EA7E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00FC2526" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D47A4F">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC2526">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> 55101-1805</w:t>
+          <w:color w:val="747474"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6147D5D0" w14:textId="63D87D2A" w:rsidR="00723188" w:rsidRDefault="00C97B42">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="680236FD" wp14:editId="0346A87A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-125730</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-217170</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
@@ -1471,58 +1455,59 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61021ED2" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DC97431" w14:textId="41A3FC12" w:rsidR="00EA40F5" w:rsidRDefault="00EA40F5" w:rsidP="005D4E36">
+    <w:p w14:paraId="1DC97431" w14:textId="41A3FC12" w:rsidR="00EA40F5" w:rsidRPr="00AC2B70" w:rsidRDefault="00EA40F5" w:rsidP="003E08FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Federal Tax ID Number:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -2153,50 +2138,150 @@
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00705D2E" w:rsidRPr="005D4E36">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="108A5E28" w14:textId="77777777" w:rsidR="00AC2B70" w:rsidRDefault="00AC2B70" w:rsidP="003E08FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Business name as noted on federal tax forms:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005B3068">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3068">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5CADF5" w14:textId="77777777" w:rsidR="00AC2B70" w:rsidRDefault="00AC2B70" w:rsidP="00AC2B70">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="547B3B6A" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="005659A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vehicle Information:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A33384" w14:textId="4F3F8E0A" w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="0069549F">
@@ -2987,130 +3072,123 @@
       <w:r w:rsidRPr="005D4E36">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6F3773" w14:textId="77777777" w:rsidR="00AF7255" w:rsidRPr="00E81187" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Operations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1D4D57" w14:textId="11A57CB7" w:rsidR="00AF7255" w:rsidRPr="0069450D" w:rsidRDefault="0069450D" w:rsidP="0069549F">
+    <w:p w14:paraId="2D1D4D57" w14:textId="6E331990" w:rsidR="00AF7255" w:rsidRPr="007816D7" w:rsidRDefault="0069450D" w:rsidP="0069549F">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="595959"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF7255" w:rsidRPr="0069450D">
         <w:rPr>
           <w:color w:val="595959"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF7255" w:rsidRPr="0069450D">
+      <w:r w:rsidR="00AF7255" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C73C6F">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate the types of waste to be hauled and discharged at </w:t>
+      </w:r>
+      <w:r w:rsidR="00C73C6F" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="004D46D5">
+      <w:r w:rsidR="004D46D5" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Met</w:t>
       </w:r>
-      <w:r w:rsidR="00255434">
+      <w:r w:rsidR="00255434" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>ropolitan</w:t>
       </w:r>
-      <w:r w:rsidR="004D46D5">
+      <w:r w:rsidR="004D46D5" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004D46D5" w:rsidRPr="0069450D">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Council </w:t>
+      </w:r>
+      <w:r w:rsidR="0034488D" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0034488D">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vactor </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7255" w:rsidRPr="007816D7">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...6 lines deleted...]
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>disposal sites:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="4230"/>
       </w:tblGrid>
@@ -5908,91 +5986,51 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Certification of Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52259E3C" w14:textId="3CDC1CBB" w:rsidR="00E11C37" w:rsidRPr="00D334D9" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D334D9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">I certify under penalty of law that this document and all attachments were prepared under </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.</w:t>
+        <w:t>I certify under penalty of law that this document and all attachments were prepared under my direction or supervision in accordance with a system designed to ensure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry of the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08345132" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>This form must be signed by a Signatory Authority.  Please refer to and complete the attachment “Certification of Signatory Authority.”</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -6494,194 +6532,201 @@
         <w:t>receipt of th</w:t>
       </w:r>
       <w:r w:rsidR="00082020" w:rsidRPr="00EF5369">
         <w:rPr>
           <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00CF3F2E" w:rsidRPr="00EF5369">
         <w:rPr>
           <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
         </w:rPr>
         <w:t xml:space="preserve"> application.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1705"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="2165"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A46D2" w:rsidRPr="000A6903" w14:paraId="49209608" w14:textId="77777777" w:rsidTr="00B5379E">
+      <w:tr w:rsidR="00E546D6" w:rsidRPr="000A6903" w14:paraId="49209608" w14:textId="77777777" w:rsidTr="00B5379E">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:tblHeader/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="072CE659" w14:textId="77777777" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+          <w:p w14:paraId="5F07AD71" w14:textId="3E86F5F0" w:rsidR="00E546D6" w:rsidRPr="00E546D6" w:rsidRDefault="00E546D6" w:rsidP="00E4715E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E546D6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E546D6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>ffice use only</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E546D6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072CE659" w14:textId="3EFBDADA" w:rsidR="00E546D6" w:rsidRPr="000A6903" w:rsidRDefault="00E546D6" w:rsidP="00E4715E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6903">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date Received</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA4C599" w14:textId="7C20E3EE" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="007A46D2">
+          <w:p w14:paraId="2FA4C599" w14:textId="7C20E3EE" w:rsidR="00E546D6" w:rsidRPr="000A6903" w:rsidRDefault="00E546D6" w:rsidP="007A46D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Facility ID</w:t>
-[...6 lines deleted...]
-              <w:t>____________</w:t>
+              <w:t>Facility ID____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="608D9F99" w14:textId="1EBF657A" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+          <w:p w14:paraId="608D9F99" w14:textId="1EBF657A" w:rsidR="00E546D6" w:rsidRPr="000A6903" w:rsidRDefault="00E546D6" w:rsidP="00E4715E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6903">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Permit </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"># ________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3430A46C" w14:textId="77777777" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+          <w:p w14:paraId="3430A46C" w14:textId="77777777" w:rsidR="00E546D6" w:rsidRPr="000A6903" w:rsidRDefault="00E546D6" w:rsidP="00E4715E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6903">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Permit Staff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ______</w:t>
             </w:r>
           </w:p>
@@ -6815,65 +6860,51 @@
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Vactor Disposal Sites. Unless otherwise stated, all sanitary sewer waste loads are restricted to those generated within the seven-county metropolitan area. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399BBD7F" w14:textId="1F18A8C3" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="00004DDB" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Liquid (Wet) Load - A liquid or ‘Wet’ load is defined as waste generated from sanitary sewer cleaning operations and/or sanitary lift station cleaning, which is primarily organic in nature and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a substantial amount of liquid with some solid materials present.</w:t>
+        <w:t>Liquid (Wet) Load - A liquid or ‘Wet’ load is defined as waste generated from sanitary sewer cleaning operations and/or sanitary lift station cleaning, which is primarily organic in nature and containing a substantial amount of liquid with some solid materials present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B50568B" w14:textId="4762D62E" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Solid (Dry) Load - A solid or ‘Dry’ load is defined as sanitary sewer cleaning waste generated from sanitary</w:t>
       </w:r>
       <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
@@ -6948,71 +6979,51 @@
       <w:r w:rsidR="003669F2">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Met Council</w:t>
       </w:r>
       <w:r w:rsidR="003669F2" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vactor Disposal Sites include, but are not </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> to the following:</w:t>
+        <w:t>Vactor Disposal Sites include, but are not limited, to the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C00C3B9" w14:textId="083CDFFF" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
@@ -7690,71 +7701,51 @@
       <w:r w:rsidR="00E65657">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00E65657" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">be discharged only at the designated liquid Vactor disposal </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and solid (Dry) loads </w:t>
+        <w:t xml:space="preserve">be discharged only at the designated liquid Vactor disposal site and solid (Dry) loads </w:t>
       </w:r>
       <w:r w:rsidR="00E65657">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00E65657" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -8662,65 +8653,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="183070B4" w14:textId="6AFFE607" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
-              <w:t xml:space="preserve">a president, secretary, treasurer, or vice-president of the corporation in charge of a </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> business function, or any other person who performs similar policy- or decision-making functions for the corporation, or </w:t>
+              <w:t xml:space="preserve">a president, secretary, treasurer, or vice-president of the corporation in charge of a principle business function, or any other person who performs similar policy- or decision-making functions for the corporation, or </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="156069C2" w14:textId="39B578E9" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">the manager of one or more manufacturing, production, or operating facilities, provided, the manager is authorized to make management decisions which govern the operation of the regulated facility, including having the explicit or implicit duty of making major capital investment recommendations, and initiate and direct other comprehensive measures to assure long-term environmental compliance with environmental laws and regulations; can ensure that the necessary systems are established or actions taken to gather complete and accurate information for control mechanism requirements; and where authority to sign documents has been assigned or delegated to the manager in accordance with corporate procedures. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EC5F794" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -9262,58 +9239,58 @@
         </w:rPr>
         <w:t>For reporting via the Industrial Online Reporting System (IORS), the signatory authority and/or the designated signatory must complete the Electronic Signature Agreement (ESA). Once the ESA is approved, the signatory authority and/or the designated signatory shall be the only people with “Responsible Official” accounts (authority to sign and submit) in the IORS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488FE33F" w14:textId="59FA3A0B" w:rsidR="00BB725F" w:rsidRPr="00D67A03" w:rsidRDefault="00BB725F" w:rsidP="00BB725F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB725F" w:rsidRPr="00D67A03" w:rsidSect="005659A1">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46C98CCC" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
+    <w:p w14:paraId="3B17483C" w14:textId="77777777" w:rsidR="00FF123B" w:rsidRDefault="00FF123B" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E99BC4A" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
+    <w:p w14:paraId="79ADCD14" w14:textId="77777777" w:rsidR="00FF123B" w:rsidRDefault="00FF123B" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9348,190 +9325,212 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41ADA7AA" w14:textId="569500C7" w:rsidR="002F2474" w:rsidRPr="005659A1" w:rsidRDefault="005D4E36" w:rsidP="005659A1">
+  <w:p w14:paraId="41ADA7AA" w14:textId="569500C7" w:rsidR="002F2474" w:rsidRPr="007816D7" w:rsidRDefault="005D4E36" w:rsidP="005659A1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Sewer Cleaning Waste Hauler</w:t>
     </w:r>
-    <w:r w:rsidR="002F2474" w:rsidRPr="005659A1">
+    <w:r w:rsidR="002F2474" w:rsidRPr="007816D7">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-Permit-Application-</w:t>
     </w:r>
-    <w:r w:rsidR="00DD7D7B">
+    <w:r w:rsidR="00DD7D7B" w:rsidRPr="007816D7">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3E05F29C" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
+  <w:p w14:paraId="3E05F29C" w14:textId="77777777" w:rsidR="002F2474" w:rsidRPr="007816D7" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="747474"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
+      <w:rPr>
+        <w:color w:val="747474"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00705D2E">
+    <w:r w:rsidR="00705D2E" w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
         <w:noProof/>
+        <w:color w:val="747474"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
+      <w:rPr>
+        <w:color w:val="747474"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00705D2E">
+    <w:r w:rsidR="00705D2E" w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
         <w:noProof/>
+        <w:color w:val="747474"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007816D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="747474"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="053919F3" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
+  <w:p w14:paraId="053919F3" w14:textId="77777777" w:rsidR="002F2474" w:rsidRPr="007816D7" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:color w:val="747474"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0309482B" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
+    <w:p w14:paraId="06B217A3" w14:textId="77777777" w:rsidR="00FF123B" w:rsidRDefault="00FF123B" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DCEFFEE" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
+    <w:p w14:paraId="5EFF74CF" w14:textId="77777777" w:rsidR="00FF123B" w:rsidRDefault="00FF123B" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021F0B80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8D4BF14"/>
     <w:lvl w:ilvl="0" w:tplc="F85C7E04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
@@ -11635,52 +11634,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="864906876">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1401178152">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1355424797">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2087651003">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="823163502">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1034501738">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="432"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E4ABD"/>
@@ -11694,140 +11692,145 @@
     <w:rsid w:val="00083AD5"/>
     <w:rsid w:val="000A5FBC"/>
     <w:rsid w:val="000B48BA"/>
     <w:rsid w:val="000B4E67"/>
     <w:rsid w:val="000E4B13"/>
     <w:rsid w:val="000F1E77"/>
     <w:rsid w:val="001109BB"/>
     <w:rsid w:val="00112F22"/>
     <w:rsid w:val="00113405"/>
     <w:rsid w:val="00125E55"/>
     <w:rsid w:val="001317EB"/>
     <w:rsid w:val="0015092D"/>
     <w:rsid w:val="00156604"/>
     <w:rsid w:val="00171302"/>
     <w:rsid w:val="00173017"/>
     <w:rsid w:val="00184517"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001B33F5"/>
     <w:rsid w:val="001C0073"/>
     <w:rsid w:val="001C126F"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001C3747"/>
     <w:rsid w:val="001C582E"/>
     <w:rsid w:val="001C7F1C"/>
     <w:rsid w:val="00200549"/>
+    <w:rsid w:val="00210354"/>
+    <w:rsid w:val="00213145"/>
     <w:rsid w:val="0022491C"/>
     <w:rsid w:val="002329AD"/>
     <w:rsid w:val="00255434"/>
     <w:rsid w:val="002672D8"/>
+    <w:rsid w:val="00284B54"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="00297D24"/>
     <w:rsid w:val="002E178B"/>
     <w:rsid w:val="002E415F"/>
     <w:rsid w:val="002F2474"/>
     <w:rsid w:val="00302E07"/>
     <w:rsid w:val="00303A00"/>
     <w:rsid w:val="00307AF5"/>
     <w:rsid w:val="00321210"/>
     <w:rsid w:val="00321C33"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="0033470F"/>
     <w:rsid w:val="0034488D"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="003564C2"/>
     <w:rsid w:val="0036003F"/>
     <w:rsid w:val="00363579"/>
     <w:rsid w:val="00364C5A"/>
     <w:rsid w:val="003669F2"/>
     <w:rsid w:val="00374280"/>
     <w:rsid w:val="00380DB0"/>
     <w:rsid w:val="00383D93"/>
     <w:rsid w:val="003B7FF6"/>
     <w:rsid w:val="003D4F63"/>
+    <w:rsid w:val="003E08FB"/>
     <w:rsid w:val="003F6A20"/>
     <w:rsid w:val="00423B3F"/>
     <w:rsid w:val="00436370"/>
     <w:rsid w:val="00453561"/>
     <w:rsid w:val="00462439"/>
     <w:rsid w:val="004913FE"/>
     <w:rsid w:val="004A407A"/>
     <w:rsid w:val="004A5F82"/>
     <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004C1C3A"/>
     <w:rsid w:val="004C6BDD"/>
     <w:rsid w:val="004D46D5"/>
     <w:rsid w:val="004F1655"/>
     <w:rsid w:val="004F5144"/>
     <w:rsid w:val="005021BA"/>
     <w:rsid w:val="00502F2F"/>
     <w:rsid w:val="00505B9C"/>
     <w:rsid w:val="00515FE7"/>
     <w:rsid w:val="005217D3"/>
     <w:rsid w:val="00540B06"/>
     <w:rsid w:val="00547463"/>
     <w:rsid w:val="0056066B"/>
     <w:rsid w:val="005659A1"/>
     <w:rsid w:val="005705CB"/>
     <w:rsid w:val="005721FC"/>
     <w:rsid w:val="005755CE"/>
     <w:rsid w:val="00576C1B"/>
     <w:rsid w:val="00585047"/>
     <w:rsid w:val="005C5A1F"/>
     <w:rsid w:val="005C73F4"/>
     <w:rsid w:val="005D4E36"/>
+    <w:rsid w:val="005D76C7"/>
     <w:rsid w:val="005E4764"/>
     <w:rsid w:val="005F5284"/>
     <w:rsid w:val="006006E4"/>
     <w:rsid w:val="0061108C"/>
     <w:rsid w:val="00625803"/>
     <w:rsid w:val="00637A32"/>
     <w:rsid w:val="006454E3"/>
     <w:rsid w:val="00650C20"/>
     <w:rsid w:val="00657C52"/>
     <w:rsid w:val="0066452E"/>
     <w:rsid w:val="006716ED"/>
     <w:rsid w:val="00672423"/>
     <w:rsid w:val="006727CC"/>
     <w:rsid w:val="00684D20"/>
     <w:rsid w:val="00690BCA"/>
     <w:rsid w:val="0069450D"/>
     <w:rsid w:val="0069549F"/>
-    <w:rsid w:val="006A7008"/>
     <w:rsid w:val="006C227E"/>
     <w:rsid w:val="006E4009"/>
     <w:rsid w:val="006E4ABD"/>
     <w:rsid w:val="006F5E92"/>
     <w:rsid w:val="00700C8B"/>
     <w:rsid w:val="00705D2E"/>
     <w:rsid w:val="00713A2F"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00731111"/>
     <w:rsid w:val="00753FD8"/>
     <w:rsid w:val="007628D5"/>
     <w:rsid w:val="00762929"/>
     <w:rsid w:val="00780E01"/>
+    <w:rsid w:val="007816D7"/>
     <w:rsid w:val="00782F6E"/>
     <w:rsid w:val="00794B31"/>
     <w:rsid w:val="007959C0"/>
     <w:rsid w:val="007A46D2"/>
     <w:rsid w:val="007A54C2"/>
     <w:rsid w:val="007D02F2"/>
     <w:rsid w:val="007D5C38"/>
     <w:rsid w:val="007E199C"/>
     <w:rsid w:val="007E6B09"/>
     <w:rsid w:val="007F49A6"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="00824393"/>
     <w:rsid w:val="0083407E"/>
     <w:rsid w:val="0085606E"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="0088378D"/>
     <w:rsid w:val="00887F25"/>
     <w:rsid w:val="00887F82"/>
     <w:rsid w:val="008A7499"/>
     <w:rsid w:val="008B1CF1"/>
     <w:rsid w:val="008B2222"/>
     <w:rsid w:val="008B51CB"/>
     <w:rsid w:val="008C0891"/>
     <w:rsid w:val="008D3240"/>
     <w:rsid w:val="008D407C"/>
@@ -11845,61 +11848,62 @@
     <w:rsid w:val="00985C92"/>
     <w:rsid w:val="0099455F"/>
     <w:rsid w:val="009B1D20"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A009A9"/>
     <w:rsid w:val="00A062ED"/>
     <w:rsid w:val="00A0631F"/>
     <w:rsid w:val="00A1238F"/>
     <w:rsid w:val="00A13644"/>
     <w:rsid w:val="00A1513C"/>
     <w:rsid w:val="00A15F4B"/>
     <w:rsid w:val="00A24C59"/>
     <w:rsid w:val="00A35462"/>
     <w:rsid w:val="00A36BBB"/>
     <w:rsid w:val="00A40D48"/>
     <w:rsid w:val="00A5216D"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A61EB2"/>
     <w:rsid w:val="00A8171D"/>
     <w:rsid w:val="00A82160"/>
     <w:rsid w:val="00A90396"/>
     <w:rsid w:val="00AA002D"/>
     <w:rsid w:val="00AA58BF"/>
     <w:rsid w:val="00AA6E38"/>
+    <w:rsid w:val="00AC2B70"/>
     <w:rsid w:val="00AC3365"/>
     <w:rsid w:val="00AC7E9A"/>
     <w:rsid w:val="00AD4A7E"/>
+    <w:rsid w:val="00AD55CC"/>
     <w:rsid w:val="00AD610D"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AF15B9"/>
     <w:rsid w:val="00AF7255"/>
     <w:rsid w:val="00B06C97"/>
     <w:rsid w:val="00B2379E"/>
     <w:rsid w:val="00B35D3B"/>
-    <w:rsid w:val="00B37A44"/>
     <w:rsid w:val="00B519AB"/>
     <w:rsid w:val="00B51C5E"/>
     <w:rsid w:val="00B5379E"/>
     <w:rsid w:val="00B56F7A"/>
     <w:rsid w:val="00B6197F"/>
     <w:rsid w:val="00B656F2"/>
     <w:rsid w:val="00B6611C"/>
     <w:rsid w:val="00B80BF2"/>
     <w:rsid w:val="00B82B9A"/>
     <w:rsid w:val="00B9219A"/>
     <w:rsid w:val="00B95907"/>
     <w:rsid w:val="00BA2917"/>
     <w:rsid w:val="00BB725F"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00BC4CD2"/>
     <w:rsid w:val="00BE3827"/>
     <w:rsid w:val="00C049E7"/>
     <w:rsid w:val="00C13643"/>
     <w:rsid w:val="00C201FF"/>
     <w:rsid w:val="00C222D8"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C567AA"/>
     <w:rsid w:val="00C60E17"/>
     <w:rsid w:val="00C61665"/>
     <w:rsid w:val="00C73C6F"/>
@@ -11920,81 +11924,85 @@
     <w:rsid w:val="00D22912"/>
     <w:rsid w:val="00D25956"/>
     <w:rsid w:val="00D27A4E"/>
     <w:rsid w:val="00D334D9"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D6194D"/>
     <w:rsid w:val="00D64467"/>
     <w:rsid w:val="00D679CE"/>
     <w:rsid w:val="00D67A03"/>
     <w:rsid w:val="00D67BC5"/>
     <w:rsid w:val="00D90407"/>
     <w:rsid w:val="00D90C12"/>
     <w:rsid w:val="00D933F4"/>
     <w:rsid w:val="00DC69B7"/>
     <w:rsid w:val="00DD7D7B"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00DE3D30"/>
     <w:rsid w:val="00DF60FB"/>
     <w:rsid w:val="00DF7A15"/>
     <w:rsid w:val="00E10ECF"/>
     <w:rsid w:val="00E11C37"/>
     <w:rsid w:val="00E36B21"/>
     <w:rsid w:val="00E40F08"/>
     <w:rsid w:val="00E469DC"/>
     <w:rsid w:val="00E511E2"/>
+    <w:rsid w:val="00E546D6"/>
     <w:rsid w:val="00E5578F"/>
     <w:rsid w:val="00E65657"/>
+    <w:rsid w:val="00E66A07"/>
     <w:rsid w:val="00E77386"/>
     <w:rsid w:val="00E81187"/>
     <w:rsid w:val="00E84EC9"/>
     <w:rsid w:val="00E92141"/>
     <w:rsid w:val="00EA40F5"/>
     <w:rsid w:val="00EA51C9"/>
     <w:rsid w:val="00EA751D"/>
     <w:rsid w:val="00EB47FC"/>
     <w:rsid w:val="00ED2E40"/>
     <w:rsid w:val="00ED2FED"/>
-    <w:rsid w:val="00ED3914"/>
     <w:rsid w:val="00ED7DC8"/>
     <w:rsid w:val="00EF5369"/>
     <w:rsid w:val="00EF55F4"/>
     <w:rsid w:val="00F1612B"/>
     <w:rsid w:val="00F25ADF"/>
     <w:rsid w:val="00F4204D"/>
     <w:rsid w:val="00F473AB"/>
     <w:rsid w:val="00F51BAC"/>
     <w:rsid w:val="00F57CF6"/>
     <w:rsid w:val="00F6198B"/>
     <w:rsid w:val="00F73CCD"/>
     <w:rsid w:val="00F8744D"/>
     <w:rsid w:val="00F93F42"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FB5BF3"/>
     <w:rsid w:val="00FB6304"/>
+    <w:rsid w:val="00FC2526"/>
     <w:rsid w:val="00FC573A"/>
+    <w:rsid w:val="00FE53E5"/>
     <w:rsid w:val="00FF10E0"/>
+    <w:rsid w:val="00FF123B"/>
     <w:rsid w:val="3B37D5FD"/>
     <w:rsid w:val="439E584B"/>
     <w:rsid w:val="45672E16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -13273,350 +13281,227 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...83 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xmlns:ns4="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="096d12e1c3cc22389227c8c8c4f8d42e" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DEF43A5EEDA7346839AA15369B58478" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05a98f438f68ea672a764ce5b8bec623">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xmlns:ns4="de73edb4-6766-4815-9b9f-1ecc03c96cc6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9687a56709f08ef9d24b52906e6ad6b9" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
-    <xsd:import namespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
     <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:import namespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:Form_x0020_Category" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:Permit_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Internal_x002f_External_x0020_Use" minOccurs="0"/>
+                <xsd:element ref="ns4:Published_x0020_to_x0020_Website_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns4:Last_x0020_Updated_x0020_Date"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Primary MetNet site"/>
           <xsd:enumeration value="Team Site"/>
           <xsd:enumeration value="Archive"/>
           <xsd:enumeration value="Dispose"/>
           <xsd:enumeration value="Alternate MetNet Site"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="_dlc_DocId" ma:index="9" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...134 lines deleted...]
-    <xsd:element name="_dlc_DocIdUrl" ma:index="28" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdUrl" ma:index="10" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="29" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="11" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Form_x0020_Category" ma:index="12" nillable="true" ma:displayName="Form Type" ma:default="-" ma:format="Dropdown" ma:internalName="Form_x0020_Category">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Application"/>
+          <xsd:enumeration value="Approval Request"/>
+          <xsd:enumeration value="Assessment"/>
+          <xsd:enumeration value="Certification"/>
+          <xsd:enumeration value="Compliance Statement"/>
+          <xsd:enumeration value="Permit Plan"/>
+          <xsd:enumeration value="Permit Transfer"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Vehicle Identification"/>
+          <xsd:enumeration value="Waiver"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Permit_x0020_Type" ma:index="16" nillable="true" ma:displayName="Permit Type" ma:default="-" ma:format="Dropdown" ma:internalName="Permit_x0020_Type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="All"/>
+          <xsd:enumeration value="General"/>
+          <xsd:enumeration value="Healthcare Facilities"/>
+          <xsd:enumeration value="Liquid Waste Hauler"/>
+          <xsd:enumeration value="Microbrewery"/>
+          <xsd:enumeration value="Sewer Cleaning Waste Hauler"/>
+          <xsd:enumeration value="Special Discharge"/>
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Standard, General, Special"/>
+          <xsd:enumeration value="Water Treatment"/>
+          <xsd:enumeration value="Zero Categorical Discharge"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Doc_x0020_Type" ma:index="17" nillable="true" ma:displayName="Doc Type" ma:default="Word" ma:internalName="Doc_x0020_Type">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Word"/>
+                    <xsd:enumeration value="Crystal Reports"/>
+                    <xsd:enumeration value="Excel"/>
+                    <xsd:enumeration value="PDF"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Internal_x002f_External_x0020_Use" ma:index="18" nillable="true" ma:displayName="Internal/External Use" ma:default="-" ma:format="Dropdown" ma:internalName="Internal_x002f_External_x0020_Use">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="External Use"/>
+          <xsd:enumeration value="Internal Use"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Published_x0020_to_x0020_Website_x003f_" ma:index="19" nillable="true" ma:displayName="Published to Website?" ma:default="-" ma:internalName="Published_x0020_to_x0020_Website_x003f_">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="-"/>
+                    <xsd:enumeration value="No"/>
+                    <xsd:enumeration value="Yes"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Last_x0020_Updated_x0020_Date" ma:index="20" ma:displayName="Last Updated Date" ma:format="DateOnly" ma:internalName="Last_x0020_Updated_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -13675,181 +13560,267 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2025-09-05T20:55:31.567Z"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-1775186713-61</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-1775186713-61</Url>
+      <Description>Y25ARKAS7VEQ-1775186713-61</Description>
+    </_dlc_DocIdUrl>
+    <Doc_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Word</Value>
+    </Doc_x0020_Type>
+    <Last_x0020_Updated_x0020_Date xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">2025-10-30T05:00:00+00:00</Last_x0020_Updated_x0020_Date>
+    <Permit_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Sewer Cleaning Waste Hauler</Permit_x0020_Type>
+    <Form_x0020_Category xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Application</Form_x0020_Category>
+    <Published_x0020_to_x0020_Website_x003f_ xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Yes</Value>
+    </Published_x0020_to_x0020_Website_x003f_>
+    <Internal_x002f_External_x0020_Use xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">External Use</Internal_x002f_External_x0020_Use>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BDB410-EC25-42B3-92F5-1B1EFFDCBDEE}">
-[...35 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67E5D8E4-E764-4E4D-86D6-5D6729339240}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAF39A40-25E3-45B5-B9F6-BCC3B508AAFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
-    <ds:schemaRef ds:uri="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
     <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E67277A3-9897-4523-B032-BB620570BECE}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CCFE470-2ACB-4A37-89C0-91F950FA81BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BDB410-EC25-42B3-92F5-1B1EFFDCBDEE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42C3CDB4-EA78-45AA-9ADC-BFD1A8D7BF92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F74F475C-EF48-475B-8765-C85B06B2CEAA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1311148B-812C-48E0-901F-41B7536FA9D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1698</Words>
-  <Characters>9679</Characters>
+  <Words>1715</Words>
+  <Characters>9778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
+  <Lines>81</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Hauler</vt:lpstr>
+      <vt:lpstr>Industrial Discharge General Permit Application for Sewer Cleaning Waste Haulers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11355</CharactersWithSpaces>
+  <CharactersWithSpaces>11471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7995471</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:iwpp@metc.state.mn.us</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Hauler</dc:title>
+  <dc:title>Industrial Discharge General Permit Application for Sewer Cleaning Waste Haulers</dc:title>
   <dc:subject>IWPP Form</dc:subject>
   <dc:creator/>
   <cp:keywords>MCES, IWPP, Vactor</cp:keywords>
-  <dc:description>2025-Removed MCES and text box and updated CSA language. IWPP Application Form for Vactors - 9/2016 version from Crystal Reports</dc:description>
+  <dc:description>12/25- Added Fed tax name. 2025-Removed MCES, text box and updated CSA language. IWPP Application Form for Vactors - 9/2016 version from Crystal Reports</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Application form</cp:category>
+  <cp:category>Application</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DE9114A9D0DECB469CD3434F7556ACE4</vt:lpwstr>
+    <vt:lpwstr>0x0101009DEF43A5EEDA7346839AA15369B58478</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>831b286b-e53d-4aca-bf06-2dfca9660ea6</vt:lpwstr>
+    <vt:lpwstr>874cf498-a0b2-48c2-b620-a6dc43c3b67d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>