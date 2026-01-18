--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -1,436 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="39552EFA" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F80E01" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3E0665" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="2E3E0665" w14:textId="63E88444" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   390 North Robert Street</w:t>
+        <w:t xml:space="preserve">   390 Robert Street</w:t>
+      </w:r>
+      <w:r w:rsidR="00671453">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00671453" w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>North</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C8815DA" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, Minnesota 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBB18C6" w14:textId="260D9454" w:rsidR="00723188" w:rsidRDefault="00E84FB2">
+    <w:p w14:paraId="2BBB18C6" w14:textId="352708D0" w:rsidR="00723188" w:rsidRDefault="00723188">
       <w:r>
-        <w:rPr>
-[...265 lines deleted...]
-      <w:r w:rsidR="00723188">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3861980E" wp14:editId="131324DC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3861980E" wp14:editId="3589F293">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F57ACF" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="22754CC4" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="090EAE75" w14:textId="181C3900" w:rsidR="00097944" w:rsidRDefault="0003605D" w:rsidP="0003605D">
@@ -512,93 +259,105 @@
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="4680"/>
       </w:tblGrid>
       <w:tr w:rsidR="00130795" w14:paraId="73DD2CE8" w14:textId="77777777" w:rsidTr="00130795">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1373A465" w14:textId="77777777" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
+          <w:p w14:paraId="1373A465" w14:textId="414EEA33" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Site Name:</w:t>
+              <w:t xml:space="preserve">Site </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ame:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="567666A5" w14:textId="77777777" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="174CAB60" w14:textId="77777777" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
+          <w:p w14:paraId="174CAB60" w14:textId="1D57180C" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Site Address:</w:t>
+              <w:t xml:space="preserve">Site </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ddress:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="735736C6" w14:textId="77777777" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="00130795">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0710BE8A" w14:textId="77777777" w:rsidR="00130795" w:rsidRDefault="00130795" w:rsidP="0003605D"/>
     <w:p w14:paraId="157758F3" w14:textId="1EE82F6B" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="0003605D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -701,51 +460,51 @@
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Attach analytical data sheets from sampling conducted during the past year.</w:t>
       </w:r>
       <w:r w:rsidR="006021A7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B843EA">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r w:rsidR="00B843EA">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B406ED">
+      <w:r w:rsidR="00B843EA">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B843EA">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00021EA4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E2636">
         <w:t>Attached</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37343276" w14:textId="748FA26D" w:rsidR="007D7F4F" w:rsidRDefault="007D7F4F" w:rsidP="007D7F4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Attach check for $300 for </w:t>
@@ -774,51 +533,51 @@
       <w:r w:rsidR="00A24055">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00741185">
         <w:t>ee</w:t>
       </w:r>
       <w:r w:rsidR="00A24055">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B406ED">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Attached</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7CB403" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="006D4A1C" w:rsidP="0003605D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Provide expected d</w:t>
       </w:r>
       <w:r w:rsidR="0003605D">
         <w:t xml:space="preserve">ischarge volume information </w:t>
       </w:r>
@@ -827,127 +586,175 @@
       </w:r>
       <w:r w:rsidR="0003605D">
         <w:t>gallons:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1867"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="2543"/>
       </w:tblGrid>
       <w:tr w:rsidR="0003605D" w:rsidRPr="00F16E85" w14:paraId="09916678" w14:textId="77777777" w:rsidTr="00130795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E12B008" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
+          <w:p w14:paraId="2E12B008" w14:textId="656C9623" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16E85">
-              <w:t>Average Daily Volume</w:t>
+              <w:t xml:space="preserve">Average </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t xml:space="preserve">aily </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t>olume</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF7EDB0" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
+          <w:p w14:paraId="1DF7EDB0" w14:textId="079C80F3" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16E85">
-              <w:t>Maximum Daily Volume</w:t>
+              <w:t xml:space="preserve">Maximum </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t xml:space="preserve">aily </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t>olume</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1867" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B66370D" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
+          <w:p w14:paraId="4B66370D" w14:textId="293962EA" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16E85">
-              <w:t>Weekly Average Volume</w:t>
+              <w:t xml:space="preserve">Weekly </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t xml:space="preserve">verage </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t>olume</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5ADDD1" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
+          <w:p w14:paraId="2B5ADDD1" w14:textId="70EA53D0" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16E85">
-              <w:t>Annual Volume</w:t>
+              <w:t xml:space="preserve">Annual </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t>olume</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57FC6A93" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
+          <w:p w14:paraId="57FC6A93" w14:textId="1B41CD51" w:rsidR="0003605D" w:rsidRPr="00F16E85" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F16E85">
-              <w:t>Seasonal Variability Yes/No</w:t>
+              <w:t xml:space="preserve">Seasonal </w:t>
+            </w:r>
+            <w:r w:rsidR="00671453">
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16E85">
+              <w:t>ariability Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003605D" w14:paraId="4DA0C9D5" w14:textId="77777777" w:rsidTr="00B55CD1">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A14ADA3" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="00B55CD1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
@@ -1102,402 +909,585 @@
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Discharge end date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F0AFAF4" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="00130795">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="609D7C43" w14:textId="5EECC7CD" w:rsidR="0003605D" w:rsidRDefault="006D4A1C" w:rsidP="0003605D">
+    <w:p w14:paraId="609D7C43" w14:textId="12694186" w:rsidR="0003605D" w:rsidRDefault="006D4A1C" w:rsidP="0003605D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="0003605D">
         <w:t xml:space="preserve">ist a minimum of </w:t>
       </w:r>
       <w:r>
         <w:t>two</w:t>
       </w:r>
       <w:r w:rsidR="0003605D">
-        <w:t xml:space="preserve"> non-MCES disposal options that have been </w:t>
+        <w:t xml:space="preserve"> non-M</w:t>
+      </w:r>
+      <w:r w:rsidR="00671453">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="0003605D">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00671453">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="0003605D">
+        <w:t xml:space="preserve">disposal options that have been </w:t>
       </w:r>
       <w:r w:rsidR="00C47226">
         <w:t xml:space="preserve">formally </w:t>
       </w:r>
       <w:r w:rsidR="0003605D">
         <w:t>considered and the reasons they were not selected</w:t>
       </w:r>
       <w:r w:rsidR="00603325">
         <w:t xml:space="preserve"> (if helpful, attach your response to this form)</w:t>
       </w:r>
       <w:r w:rsidR="0003605D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="450" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003605D" w14:paraId="7D96F90F" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="7D96F90F" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14B4F7E6" w14:textId="61B35D57" w:rsidR="0003605D" w:rsidRDefault="00B55CD1" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0003605D">
               <w:t>a.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="0AF82163" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="0AF82163" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="23DDB1BB" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="77A902F3" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="77A902F3" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C258D42" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29E32CB9" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="004609DD" w:rsidRDefault="0003605D" w:rsidP="0003605D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="450" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003605D" w14:paraId="6C24604A" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="6C24604A" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B378635" w14:textId="5218A78A" w:rsidR="0003605D" w:rsidRDefault="00B55CD1" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0003605D">
               <w:t>b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="67BB6EFB" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="67BB6EFB" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A8EEA32" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="6223C60B" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="6223C60B" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C9D85D4" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11717E66" w14:textId="77777777" w:rsidR="0003605D" w:rsidRPr="004609DD" w:rsidRDefault="0003605D" w:rsidP="0003605D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="450" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003605D" w14:paraId="196E31BD" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="196E31BD" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A0ABFD5" w14:textId="32AE6504" w:rsidR="0003605D" w:rsidRDefault="00B55CD1" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0003605D">
               <w:t>c.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="6FBA00F4" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="6FBA00F4" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3376CD98" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003605D" w14:paraId="623C845A" w14:textId="77777777" w:rsidTr="00130795">
+      <w:tr w:rsidR="0003605D" w14:paraId="623C845A" w14:textId="77777777" w:rsidTr="00671453">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="403"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DC38E72" w14:textId="77777777" w:rsidR="0003605D" w:rsidRDefault="0003605D" w:rsidP="007E2636">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46AE61D6" w14:textId="77777777" w:rsidR="00097944" w:rsidRPr="00097944" w:rsidRDefault="00097944" w:rsidP="0003605D"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="46AE61D6" w14:textId="77777777" w:rsidR="00097944" w:rsidRDefault="00097944" w:rsidP="0003605D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2435"/>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="2335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00671453" w:rsidRPr="00AD6122" w14:paraId="35D66016" w14:textId="79203BAB" w:rsidTr="00671453">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4861FD" w14:textId="77777777" w:rsidR="00671453" w:rsidRPr="00AD6122" w:rsidRDefault="00671453" w:rsidP="00DD0FFC">
+            <w:pPr>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6122">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>Office use only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E40F83" w14:textId="67DA88FB" w:rsidR="00671453" w:rsidRPr="00AD6122" w:rsidRDefault="00671453" w:rsidP="00DD0FFC">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6122">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6122">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>eceived</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5933DDF2" w14:textId="77777777" w:rsidR="00671453" w:rsidRPr="00AD6122" w:rsidRDefault="00671453" w:rsidP="00DD0FFC">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Request</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD6122">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="649DFE17" w14:textId="41EBE766" w:rsidR="00671453" w:rsidRDefault="00671453" w:rsidP="00671453">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Analytical data:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="64C978F5" w14:textId="77777777" w:rsidR="00671453" w:rsidRPr="00097944" w:rsidRDefault="00671453" w:rsidP="00671453">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00671453" w:rsidRPr="00097944" w:rsidSect="00723188">
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="249CC48D" w14:textId="77777777" w:rsidR="00854EBC" w:rsidRDefault="00854EBC" w:rsidP="00812094">
+    <w:p w14:paraId="5844CD1B" w14:textId="77777777" w:rsidR="00033B14" w:rsidRDefault="00033B14" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35C754C6" w14:textId="77777777" w:rsidR="00854EBC" w:rsidRDefault="00854EBC" w:rsidP="00812094">
+    <w:p w14:paraId="01DDD2DD" w14:textId="77777777" w:rsidR="00033B14" w:rsidRDefault="00033B14" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4275DB70" w14:textId="5B6F28AB" w:rsidR="00E10ACE" w:rsidRPr="00617BDF" w:rsidRDefault="00E10ACE" w:rsidP="00130795">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4275DB70" w14:textId="2A086238" w:rsidR="00E10ACE" w:rsidRPr="00617BDF" w:rsidRDefault="00E10ACE" w:rsidP="00130795">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00617BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Page 1 of 1</w:t>
     </w:r>
     <w:r w:rsidRPr="00617BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00617BDF">
       <w:rPr>
@@ -1509,99 +1499,83 @@
     </w:r>
     <w:r w:rsidRPr="00617BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">OSA Attachment </w:t>
     </w:r>
     <w:r w:rsidR="00EE2A8E">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidRPr="00617BDF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00EE2A8E">
+    <w:r w:rsidR="00671453">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1/</w:t>
-[...15 lines deleted...]
-      <w:t>4</w:t>
+      <w:t>12/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D807C53" w14:textId="77777777" w:rsidR="00854EBC" w:rsidRDefault="00854EBC" w:rsidP="00812094">
+    <w:p w14:paraId="3D2E28C1" w14:textId="77777777" w:rsidR="00033B14" w:rsidRDefault="00033B14" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C7AD065" w14:textId="77777777" w:rsidR="00854EBC" w:rsidRDefault="00854EBC" w:rsidP="00812094">
+    <w:p w14:paraId="2124FE08" w14:textId="77777777" w:rsidR="00033B14" w:rsidRDefault="00033B14" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100135A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="208C15CE"/>
     <w:lvl w:ilvl="0" w:tplc="94BA0B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1798,122 +1772,128 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1607275326">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1905144108">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0003605D"/>
     <w:rsid w:val="00021EA4"/>
     <w:rsid w:val="00031DCB"/>
+    <w:rsid w:val="00033B14"/>
     <w:rsid w:val="0003605D"/>
     <w:rsid w:val="00097944"/>
     <w:rsid w:val="001038D7"/>
     <w:rsid w:val="00130795"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C1FD3"/>
+    <w:rsid w:val="001E4D94"/>
     <w:rsid w:val="001E5413"/>
+    <w:rsid w:val="00213145"/>
     <w:rsid w:val="00292E35"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="002E5094"/>
     <w:rsid w:val="003303DB"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="00380E7F"/>
     <w:rsid w:val="003D4B0B"/>
     <w:rsid w:val="004B4296"/>
     <w:rsid w:val="005931D2"/>
     <w:rsid w:val="006021A7"/>
     <w:rsid w:val="00603325"/>
     <w:rsid w:val="00617BDF"/>
     <w:rsid w:val="00667358"/>
+    <w:rsid w:val="00671453"/>
     <w:rsid w:val="006D4A1C"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00741185"/>
     <w:rsid w:val="007D7F4F"/>
     <w:rsid w:val="007E2636"/>
     <w:rsid w:val="007F58F9"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="00813658"/>
     <w:rsid w:val="00854EBC"/>
     <w:rsid w:val="00874AA1"/>
+    <w:rsid w:val="0087791A"/>
     <w:rsid w:val="00887D25"/>
     <w:rsid w:val="008957C1"/>
     <w:rsid w:val="008A7025"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
     <w:rsid w:val="00A24055"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00AB296B"/>
+    <w:rsid w:val="00AD306D"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00B406ED"/>
     <w:rsid w:val="00B534C3"/>
     <w:rsid w:val="00B55CD1"/>
     <w:rsid w:val="00B56F7A"/>
     <w:rsid w:val="00B843EA"/>
     <w:rsid w:val="00BB5F18"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C47226"/>
     <w:rsid w:val="00C64ED4"/>
     <w:rsid w:val="00C9784C"/>
     <w:rsid w:val="00CF0E15"/>
     <w:rsid w:val="00D243F8"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00DD236D"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00E10ACE"/>
     <w:rsid w:val="00E60DBC"/>
     <w:rsid w:val="00E84FB2"/>
     <w:rsid w:val="00EC7A9B"/>
     <w:rsid w:val="00EE2A8E"/>
     <w:rsid w:val="00F825C0"/>
     <w:rsid w:val="00F90BFF"/>
     <w:rsid w:val="00FA3CFD"/>
@@ -1925,51 +1905,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6E7B3FF4"/>
   <w15:docId w15:val="{8A649F12-4781-4644-B3AB-64B9A9027722}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2776,57 +2756,57 @@
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A7025"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\SSBU\IWPP\iwForms\Templates\IWPPpermitformtemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3084,127 +3064,314 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B056422884D71E49AAA96BACA1DAC268" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b5b6d66eb304d3d1bbf07606147b9c16">
-[...2 lines deleted...]
-    <xsd:import namespace="dea09777-b361-472a-866e-2cf0150e3ffc"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Doc_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Word</Value>
+    </Doc_x0020_Type>
+    <Last_x0020_Updated_x0020_Date xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">2025-12-03T06:00:00+00:00</Last_x0020_Updated_x0020_Date>
+    <Permit_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">-</Permit_x0020_Type>
+    <Form_x0020_Category xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">-</Form_x0020_Category>
+    <Published_x0020_to_x0020_Website_x003f_ xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Yes</Value>
+    </Published_x0020_to_x0020_Website_x003f_>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+    <Internal_x002f_External_x0020_Use xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">External Use</Internal_x002f_External_x0020_Use>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-1775186713-42</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-1775186713-42</Url>
+      <Description>Y25ARKAS7VEQ-1775186713-42</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2025-09-05T20:55:31.567Z"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DEF43A5EEDA7346839AA15369B58478" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05a98f438f68ea672a764ce5b8bec623">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xmlns:ns4="de73edb4-6766-4815-9b9f-1ecc03c96cc6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9687a56709f08ef9d24b52906e6ad6b9" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:import namespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:Form_x0020_Category" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:Permit_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Internal_x002f_External_x0020_Use" minOccurs="0"/>
+                <xsd:element ref="ns4:Published_x0020_to_x0020_Website_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns4:Last_x0020_Updated_x0020_Date"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6b37fd30-a73e-42b4-b252-13292d5ddb7d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="9" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="10" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="11" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Form_x0020_Category" ma:index="12" nillable="true" ma:displayName="Form Type" ma:default="-" ma:format="Dropdown" ma:internalName="Form_x0020_Category">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Application"/>
+          <xsd:enumeration value="Approval Request"/>
+          <xsd:enumeration value="Assessment"/>
+          <xsd:enumeration value="Certification"/>
+          <xsd:enumeration value="Compliance Statement"/>
+          <xsd:enumeration value="Permit Plan"/>
+          <xsd:enumeration value="Permit Transfer"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Vehicle Identification"/>
+          <xsd:enumeration value="Waiver"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="Permit_x0020_Type" ma:index="16" nillable="true" ma:displayName="Permit Type" ma:default="-" ma:format="Dropdown" ma:internalName="Permit_x0020_Type">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="All"/>
+          <xsd:enumeration value="General"/>
+          <xsd:enumeration value="Healthcare Facilities"/>
+          <xsd:enumeration value="Liquid Waste Hauler"/>
+          <xsd:enumeration value="Microbrewery"/>
+          <xsd:enumeration value="Sewer Cleaning Waste Hauler"/>
+          <xsd:enumeration value="Special Discharge"/>
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Standard, General, Special"/>
+          <xsd:enumeration value="Water Treatment"/>
+          <xsd:enumeration value="Zero Categorical Discharge"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="Doc_x0020_Type" ma:index="17" nillable="true" ma:displayName="Doc Type" ma:default="Word" ma:internalName="Doc_x0020_Type">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...6 lines deleted...]
-                </xsd:complexType>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Word"/>
+                    <xsd:enumeration value="Crystal Reports"/>
+                    <xsd:enumeration value="Excel"/>
+                    <xsd:enumeration value="PDF"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="Internal_x002f_External_x0020_Use" ma:index="18" nillable="true" ma:displayName="Internal/External Use" ma:default="-" ma:format="Dropdown" ma:internalName="Internal_x002f_External_x0020_Use">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="External Use"/>
+          <xsd:enumeration value="Internal Use"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Published_x0020_to_x0020_Website_x003f_" ma:index="19" nillable="true" ma:displayName="Published to Website?" ma:default="-" ma:internalName="Published_x0020_to_x0020_Website_x003f_">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="-"/>
+                    <xsd:enumeration value="No"/>
+                    <xsd:enumeration value="Yes"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Last_x0020_Updated_x0020_Date" ma:index="20" ma:displayName="Last Updated Date" ma:format="DateOnly" ma:internalName="Last_x0020_Updated_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -3263,142 +3430,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A037EB78-EE17-4204-86D0-44614CB612C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D98E417-2136-4A7B-A9EB-5098E06A3860}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2B8C5CE-6846-4126-8CCB-382F5AC65281}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18199D99-289C-4590-93BD-21844664B22A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2CF96FF-2D12-4ABF-99CC-C716472200F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="6b37fd30-a73e-42b4-b252-13292d5ddb7d"/>
-    <ds:schemaRef ds:uri="dea09777-b361-472a-866e-2cf0150e3ffc"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40412BD1-3870-43A1-AEE1-347A29A3B04E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>IWPPpermitformtemplate.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>175</Words>
-  <Characters>1003</Characters>
+  <Words>185</Words>
+  <Characters>1061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Attachment - Supplement for Out of Service Area Wastewater</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>Nelson</Manager>
+  <Manager/>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1176</CharactersWithSpaces>
+  <CharactersWithSpaces>1244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Attachment - Supplement for Out of Service Area Wastewater</dc:title>
-  <dc:subject>IWPP Form</dc:subject>
-  <dc:creator>Flaherty</dc:creator>
+  <dc:subject>Form</dc:subject>
+  <dc:creator>IWPP</dc:creator>
   <cp:keywords>OSA</cp:keywords>
-  <dc:description>New - 03/2021, 8/3/21 removed letter A for attachment. Revised 11/2023 - added attach OSA fee line 3. 1/24- added "non-refundable" fee</dc:description>
+  <dc:description>12/2025-removed MCES, text box. New - 03/2021, 8/3/21 removed letter A for attachment. Revised 11/2023 - added attach OSA fee line 3. 1/24- added "non-refundable" fee</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100B056422884D71E49AAA96BACA1DAC268</vt:lpwstr>
+    <vt:lpwstr>0x0101009DEF43A5EEDA7346839AA15369B58478</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>b35383dd-c393-4587-95a0-a0022addd249</vt:lpwstr>
   </property>
 </Properties>
 </file>