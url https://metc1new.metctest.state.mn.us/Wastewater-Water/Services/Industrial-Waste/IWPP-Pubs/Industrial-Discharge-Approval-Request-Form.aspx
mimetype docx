--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -1,57 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1FF9FD35" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5473AF99" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
@@ -107,742 +109,235 @@
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r w:rsidR="00125B28">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B07B3FB" w14:textId="05A8B0C2" w:rsidR="00723188" w:rsidRDefault="00221064">
+    <w:p w14:paraId="2B07B3FB" w14:textId="4828A5F5" w:rsidR="00723188" w:rsidRDefault="00221064">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...565 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BAF4241" wp14:editId="226E541B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BAF4241" wp14:editId="5A7370D5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="61906405" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="7B5A0AB9" w14:textId="77777777" w:rsidR="0066281C" w:rsidRDefault="0066281C" w:rsidP="0066281C">
       <w:pPr>
         <w:spacing w:after="480"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="485A6586" w14:textId="77777777" w:rsidR="0066281C" w:rsidRDefault="007E620A" w:rsidP="002E0E74">
+    <w:p w14:paraId="485A6586" w14:textId="77777777" w:rsidR="0066281C" w:rsidRDefault="007E620A" w:rsidP="0094621A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="360" w:after="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>Industrial Di</w:t>
       </w:r>
       <w:r w:rsidR="00BC15F5">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">charge </w:t>
       </w:r>
       <w:r w:rsidR="0066281C" w:rsidRPr="0066281C">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">Approval </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>Request form</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="25470C9A" w14:textId="3ACFDE1E" w:rsidR="00B50FCC" w:rsidRDefault="00E2374F" w:rsidP="0094621A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00647F62">
+        <w:t xml:space="preserve">This form is to be completed when requesting approval to discharge industrial wastewater to the Metropolitan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5B88">
+        <w:t>Disposal System</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6695">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50FCC" w:rsidRPr="00647F62">
+        <w:t xml:space="preserve">Please allow 30 days for the assigned </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00647F62">
+        <w:t xml:space="preserve">Industrial Waste &amp; Pollution Prevention (IWPP) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74E51" w:rsidRPr="00647F62">
+        <w:t>permitting</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50FCC" w:rsidRPr="00647F62">
+        <w:t xml:space="preserve"> staff to process your request. This duration begins once a complete submittal, including any sampling and/or supplemental forms</w:t>
+      </w:r>
+      <w:r w:rsidR="001F07B4" w:rsidRPr="00647F62">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50FCC" w:rsidRPr="00647F62">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00647F62">
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidR="001F07B4" w:rsidRPr="00647F62">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00647F62">
+        <w:t xml:space="preserve"> been received</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50FCC" w:rsidRPr="00647F62">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76220AE0" w14:textId="017BBE97" w:rsidR="007E55A9" w:rsidRPr="00647F62" w:rsidRDefault="007E55A9" w:rsidP="0094621A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For questions regarding this request, contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00245EFD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>iwpp@metc.state.mn.us</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4EF5AB82" w14:textId="77777777" w:rsidR="007E620A" w:rsidRPr="00E22816" w:rsidRDefault="007E620A" w:rsidP="00643E1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E22816">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>General Information:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="288" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10263" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -852,563 +347,505 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="383"/>
         <w:gridCol w:w="3397"/>
         <w:gridCol w:w="6483"/>
       </w:tblGrid>
       <w:tr w:rsidR="000548FC" w:rsidRPr="000548FC" w14:paraId="39B0A852" w14:textId="77777777" w:rsidTr="00A11DC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="41C16E4C" w14:textId="77777777" w:rsidR="003539C6" w:rsidRPr="000548FC" w:rsidRDefault="003539C6" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34B12BCF" w14:textId="56BF8FC2" w:rsidR="003539C6" w:rsidRPr="000548FC" w:rsidRDefault="003A40F7" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Site Name</w:t>
             </w:r>
             <w:r w:rsidR="00AE09FB" w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6483" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0BEA61A5" w14:textId="77777777" w:rsidR="003539C6" w:rsidRPr="000548FC" w:rsidRDefault="003539C6" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000548FC" w:rsidRPr="000548FC" w14:paraId="6D0BD50A" w14:textId="77777777" w:rsidTr="00A11DC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B72A9D8" w14:textId="77777777" w:rsidR="00AE09FB" w:rsidRPr="000548FC" w:rsidRDefault="00AE09FB" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="48EA7DB0" w14:textId="075F51EC" w:rsidR="00AE09FB" w:rsidRPr="000548FC" w:rsidRDefault="00AE09FB" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Site Address/Zip Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6483" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66E4A7F2" w14:textId="77777777" w:rsidR="00AE09FB" w:rsidRPr="000548FC" w:rsidRDefault="00AE09FB" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000548FC" w:rsidRPr="000548FC" w14:paraId="2ED1AB02" w14:textId="77777777" w:rsidTr="00A11DC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F113F3A" w14:textId="05435F29" w:rsidR="000C28F5" w:rsidRPr="000548FC" w:rsidRDefault="000C28F5" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="53B38031" w14:textId="089E7A6A" w:rsidR="000C28F5" w:rsidRPr="000548FC" w:rsidRDefault="000C28F5" w:rsidP="000C28F5">
+          <w:p w14:paraId="53B38031" w14:textId="663C71D1" w:rsidR="000C28F5" w:rsidRPr="000548FC" w:rsidRDefault="00BF4D2A" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000548FC">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCES Engineer </w:t>
+              <w:t>IWPP</w:t>
+            </w:r>
+            <w:r w:rsidR="000C28F5" w:rsidRPr="000548FC">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000878F5">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+              </w:rPr>
+              <w:t>Permit Staff</w:t>
+            </w:r>
+            <w:r w:rsidR="000878F5" w:rsidRPr="000548FC">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D29E6" w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Contact (if known)</w:t>
+              <w:t>(if known)</w:t>
             </w:r>
-            <w:r w:rsidRPr="000548FC">
+            <w:r w:rsidR="000C28F5" w:rsidRPr="000548FC">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6483" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2849B5D6" w14:textId="77777777" w:rsidR="000C28F5" w:rsidRPr="000548FC" w:rsidRDefault="000C28F5" w:rsidP="000C28F5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-                <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="051D6C6E" w14:textId="2FF4AA04" w:rsidR="00233FFF" w:rsidRPr="001C73A9" w:rsidRDefault="001C73A9" w:rsidP="003735D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C73A9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D29E6" w:rsidRPr="007D29E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Responsible Party/</w:t>
       </w:r>
       <w:r w:rsidR="000C28F5" w:rsidRPr="007D29E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007D29E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ompany </w:t>
       </w:r>
       <w:r w:rsidR="007D29E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003735D1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r w:rsidR="007D29E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="003735D1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nformation</w:t>
       </w:r>
       <w:r w:rsidR="000C28F5" w:rsidRPr="003735D1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (please fill in the information below)</w:t>
       </w:r>
       <w:r w:rsidRPr="003735D1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2245"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A40F7" w:rsidRPr="000C28F5" w14:paraId="13102B9D" w14:textId="77777777" w:rsidTr="003735D1">
-[...123 lines deleted...]
-      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="0C0A7095" w14:textId="77777777" w:rsidTr="003735D1">
+      <w:tr w:rsidR="003A40F7" w:rsidRPr="000C28F5" w14:paraId="13102B9D" w14:textId="77777777" w:rsidTr="005430F4">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7723542D" w14:textId="1546D73B" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C22EE8" w14:textId="666A65F6" w:rsidR="003A40F7" w:rsidRPr="000C28F5" w:rsidRDefault="003A40F7" w:rsidP="0003077F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Company</w:t>
+            </w:r>
+            <w:r w:rsidR="003735D1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048E4763" w14:textId="3B938488" w:rsidR="003A40F7" w:rsidRPr="000C28F5" w:rsidRDefault="003A40F7" w:rsidP="0003077F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="615550EB" w14:textId="1C9D700D" w:rsidR="003A40F7" w:rsidRPr="000C28F5" w:rsidRDefault="003A40F7" w:rsidP="0003077F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Contact Name/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="210E2ACE" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="000C28F5" w:rsidRDefault="003A40F7" w:rsidP="0003077F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F07047" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="000C28F5" w:rsidRDefault="003A40F7" w:rsidP="0003077F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C28F5">
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="0C0A7095" w14:textId="77777777" w:rsidTr="005430F4">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7723542D" w14:textId="7E2DBFDF" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Responsible Party</w:t>
             </w:r>
             <w:r w:rsidR="003735D1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>/Company</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC058B">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="53A9D005" w14:textId="6AD48C9D" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="349E3A71" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
@@ -1440,94 +877,78 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DF35B82" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="44656FF5" w14:textId="77777777" w:rsidTr="003735D1">
+      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="44656FF5" w14:textId="77777777" w:rsidTr="005430F4">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D83A3E8" w14:textId="553B1FBF" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
+          <w:p w14:paraId="5D83A3E8" w14:textId="72951D30" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Requesting Company</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC058B">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="078DBC41" w14:textId="5CEBCF7C" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="637BBEF6" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
@@ -1559,93 +980,101 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D82F7B4" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="5D70568F" w14:textId="77777777" w:rsidTr="003735D1">
+      <w:tr w:rsidR="003A40F7" w:rsidRPr="00DC058B" w14:paraId="5D70568F" w14:textId="77777777" w:rsidTr="005430F4">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="497D6A27" w14:textId="37369DA3" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
+          <w:p w14:paraId="497D6A27" w14:textId="0AE111B0" w:rsidR="003A40F7" w:rsidRDefault="000878F5" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Billing Company</w:t>
+              <w:t>Request Fee</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r w:rsidR="005430F4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A40F7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Billing </w:t>
+            </w:r>
+            <w:r w:rsidR="003A40F7" w:rsidRPr="005430F4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0284F35B" w14:textId="1E33EFA6" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00233FFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4178AC5F" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
@@ -1666,64 +1095,230 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A835FCB" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A69A0A" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRPr="00DC058B" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
+          <w:p w14:paraId="5B6ABDD3" w14:textId="77777777" w:rsidR="003A40F7" w:rsidRDefault="003A40F7" w:rsidP="00B83C70">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="47A69A0A" w14:textId="77777777" w:rsidR="000878F5" w:rsidRPr="00DC058B" w:rsidRDefault="000878F5" w:rsidP="00B83C70">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4406" w:rsidRPr="00DC058B" w14:paraId="1A3DC762" w14:textId="77777777" w:rsidTr="005430F4">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDDEA5B" w14:textId="77777777" w:rsidR="003B4406" w:rsidRDefault="003B4406" w:rsidP="00233FFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Strength Charge Billing Company</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F29587E" w14:textId="68FFDB1A" w:rsidR="003B4406" w:rsidRPr="003B4406" w:rsidRDefault="003B4406" w:rsidP="00233FFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4406">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>same as billing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2034C380" w14:textId="77777777" w:rsidR="003B4406" w:rsidRPr="00DC058B" w:rsidRDefault="003B4406" w:rsidP="00B83C70">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233CC45E" w14:textId="77777777" w:rsidR="003B4406" w:rsidRPr="00DC058B" w:rsidRDefault="003B4406" w:rsidP="00B83C70">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D460CD5" w14:textId="77777777" w:rsidR="003B4406" w:rsidRPr="00DC058B" w:rsidRDefault="003B4406" w:rsidP="00B83C70">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33673A8B" w14:textId="77777777" w:rsidR="003B4406" w:rsidRDefault="003B4406" w:rsidP="00B83C70">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F0BB212" w14:textId="37122E11" w:rsidR="00AE09FB" w:rsidRDefault="00AE09FB" w:rsidP="000C28F5">
+    <w:p w14:paraId="7F0BB212" w14:textId="37122E11" w:rsidR="00AE09FB" w:rsidRDefault="00AE09FB" w:rsidP="00514A53">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003735D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Federal Tax ID Number</w:t>
       </w:r>
       <w:r w:rsidR="000C28F5" w:rsidRPr="003735D1">
@@ -2319,507 +1914,510 @@
       </w:r>
       <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="001C73A9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1640CC9A" w14:textId="7A63F68C" w:rsidR="00E02678" w:rsidRPr="008515E6" w:rsidRDefault="00E02678" w:rsidP="00ED0CFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Business name as noted on federal tax forms: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514A53">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5869831D" w14:textId="08F6F4E3" w:rsidR="00E22816" w:rsidRPr="00A64591" w:rsidRDefault="00DA563A" w:rsidP="0047775F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Discharge Information</w:t>
       </w:r>
       <w:r w:rsidR="00E22816" w:rsidRPr="00A64591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB13569" w14:textId="69135B5B" w:rsidR="00E22816" w:rsidRDefault="00C9552D" w:rsidP="00AE09FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00DA563A" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>etailed</w:t>
       </w:r>
       <w:r w:rsidR="00E22816" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003735D1">
         <w:rPr>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">description </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>of waste</w:t>
       </w:r>
       <w:r w:rsidR="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> including </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>product name, concentration if applicable, and how waste was generated</w:t>
       </w:r>
       <w:r w:rsidR="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
       <w:tr w:rsidR="00253468" w14:paraId="0093AE87" w14:textId="77777777" w:rsidTr="00643E1C">
         <w:trPr>
           <w:trHeight w:val="331"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA052C1" w14:textId="7370A377" w:rsidR="00253468" w:rsidRDefault="00253468" w:rsidP="00253468">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="6BA052C1" w14:textId="7370A377" w:rsidR="00253468" w:rsidRDefault="00253468" w:rsidP="00253468"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253468" w14:paraId="263F5AB7" w14:textId="77777777" w:rsidTr="00643E1C">
         <w:trPr>
           <w:trHeight w:val="331"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B209F" w14:textId="77777777" w:rsidR="00253468" w:rsidRDefault="00253468" w:rsidP="00253468">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3C9B209F" w14:textId="77777777" w:rsidR="00253468" w:rsidRDefault="00253468" w:rsidP="00253468"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285AC5C0" w14:textId="76853A06" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
+    <w:p w14:paraId="285AC5C0" w14:textId="6B26B5E8" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Are there S</w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">afety </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ata </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Sheets </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(SDS) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>applicable to the waste?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="003B4406">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+      <w:bookmarkStart w:id="9" w:name="Check9"/>
+      <w:r w:rsidR="003B4406">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="003B4406">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003B4406">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="003B4406">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00B53562">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>If yes, a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ttach </w:t>
       </w:r>
       <w:r w:rsidR="006D0499">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> SDS.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE06869" w14:textId="465EB9AD" w:rsidR="00B53562" w:rsidRDefault="009B5D4C" w:rsidP="00C9552D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Location of waste (tank, sump, </w:t>
       </w:r>
       <w:r w:rsidR="00C9552D" w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>drum</w:t>
       </w:r>
       <w:r w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C9552D" w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> tote, indoor/outdoor, below ground,</w:t>
       </w:r>
       <w:r w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> etc.):</w:t>
       </w:r>
       <w:r w:rsidR="00566E3B" w:rsidRPr="0047775F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
       </w:tblGrid>
       <w:tr w:rsidR="0047775F" w14:paraId="25DC5F2A" w14:textId="77777777" w:rsidTr="0047775F">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33357BD5" w14:textId="77777777" w:rsidR="0047775F" w:rsidRDefault="0047775F" w:rsidP="0047775F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54A041E1" w14:textId="626F59F2" w:rsidR="009B5D4C" w:rsidRPr="00B53562" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Volume of waste: </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Text2"/>
+      <w:bookmarkStart w:id="10" w:name="Text2"/>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
@@ -2841,103 +2439,79 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (gallons)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230C3FE3" w14:textId="55F86361" w:rsidR="00E771B4" w:rsidRPr="00D47C03" w:rsidRDefault="00E771B4" w:rsidP="009B5D4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Maximum </w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ischarge </w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ate:</w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2975,59 +2549,53 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (gallons per minute)</w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3065,220 +2633,184 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>(gallons per day)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27FBB791" w14:textId="2CB19819" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Frequency of discharge:</w:t>
       </w:r>
       <w:r w:rsidR="00B53562">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>One-time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> On-going</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C76A20" w14:textId="77777777" w:rsidR="00B53562" w:rsidRDefault="009B5D4C" w:rsidP="006D0499">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>If on-going, please note the number or frequency of discharge events per year</w:t>
       </w:r>
       <w:r w:rsidR="00FE0F63" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> or the estimated annual discharge volume in gallons</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -3342,94 +2874,70 @@
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B90347" w14:textId="0F1469B7" w:rsidR="006D64E1" w:rsidRPr="00D47C03" w:rsidRDefault="00B95830" w:rsidP="00B53562">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Proposed </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ischarge </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">tart </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ate: </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3467,89 +2975,68 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Estimated </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ischarge </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ate: </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3587,186 +3074,158 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBFA245" w14:textId="676DA04A" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
+    <w:p w14:paraId="4550F5C6" w14:textId="77777777" w:rsidR="00681D87" w:rsidRDefault="00681D87">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBFA245" w14:textId="08A1E168" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Means of disposal into the Metropolitan Disposal System</w:t>
       </w:r>
       <w:r w:rsidR="00957507" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (check one)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C104FD" w14:textId="01F7305A" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
+    <w:p w14:paraId="38C104FD" w14:textId="40576CC3" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="009B5D4C" w:rsidP="009B5D4C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Transport to MCES </w:t>
+        <w:t xml:space="preserve">Transport to </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9">
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00D47C03">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">isposal </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ite.</w:t>
       </w:r>
+      <w:r w:rsidR="00E2374F">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:tab/>
         <w:t xml:space="preserve">Hauler’s </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ame:  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -3826,122 +3285,92 @@
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE9222B" w14:textId="6717244E" w:rsidR="006A1EA5" w:rsidRPr="00D47C03" w:rsidRDefault="006A1EA5" w:rsidP="00C9552D">
+    <w:p w14:paraId="5FE9222B" w14:textId="16E217D3" w:rsidR="006A1EA5" w:rsidRPr="00D47C03" w:rsidRDefault="006A1EA5" w:rsidP="00C9552D">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00E2374F">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
       <w:r w:rsidR="003B7AAD">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Hauler’s </w:t>
       </w:r>
+      <w:r w:rsidR="00801FF9">
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00D47C03">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00253468">
+        <w:t>p</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">MCES </w:t>
+        <w:t xml:space="preserve">ermit </w:t>
       </w:r>
       <w:r w:rsidR="00253468">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>p</w:t>
+        <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47C03">
-        <w:rPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">umber:  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3983,300 +3412,249 @@
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD0B7AC" w14:textId="0D7466BD" w:rsidR="009B5D4C" w:rsidRPr="00D47C03" w:rsidRDefault="00B53562" w:rsidP="009B5D4C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B5D4C" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Discharge on</w:t>
       </w:r>
       <w:r w:rsidR="007D29E6">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009B5D4C" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>site to sanitary sewer.</w:t>
       </w:r>
       <w:r w:rsidR="009B5D4C" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>Identify proposed poin</w:t>
       </w:r>
       <w:r w:rsidR="00BC5769" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>t of discharge and attach a map:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D0499" w14:paraId="1446D85B" w14:textId="77777777" w:rsidTr="003735D1">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9F1072" w14:textId="77777777" w:rsidR="006D0499" w:rsidRDefault="006D0499" w:rsidP="00CB1D4F">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="7F9F1072" w14:textId="77777777" w:rsidR="006D0499" w:rsidRDefault="006D0499" w:rsidP="00CB1D4F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D0499" w14:paraId="413D0506" w14:textId="77777777" w:rsidTr="003735D1">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE6E71B" w14:textId="77777777" w:rsidR="006D0499" w:rsidRDefault="006D0499" w:rsidP="00CB1D4F">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="7CE6E71B" w14:textId="77777777" w:rsidR="006D0499" w:rsidRDefault="006D0499" w:rsidP="00CB1D4F"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6766E00E" w14:textId="4576A50B" w:rsidR="00892424" w:rsidRPr="00892424" w:rsidRDefault="00CE76B2" w:rsidP="005F38A3">
+    <w:p w14:paraId="6766E00E" w14:textId="68DA184C" w:rsidR="00892424" w:rsidRPr="00892424" w:rsidRDefault="00CE76B2" w:rsidP="005F38A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Place a check</w:t>
       </w:r>
       <w:r w:rsidR="00A106D5" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> b</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">eside </w:t>
       </w:r>
       <w:r w:rsidR="007D29E6">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">and fill in </w:t>
       </w:r>
       <w:r w:rsidR="00A106D5" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="009B5D4C" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>analytes specified by MCES</w:t>
+        <w:t xml:space="preserve">analytes specified by </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9">
+        <w:t>IWPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00D47C03">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A106D5" w:rsidRPr="00D47C03">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> for analysis.  </w:t>
+        <w:t xml:space="preserve">for analysis.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2636C82E" w14:textId="5A61D387" w:rsidR="005F38A3" w:rsidRPr="00D47C03" w:rsidRDefault="00A106D5" w:rsidP="00892424">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47C03">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Attach copies of all laboratory data sheets to this request. </w:t>
       </w:r>
       <w:r w:rsidR="00892424">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attached?</w:t>
       </w:r>
       <w:r w:rsidR="00892424">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00892424">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00892424">
         <w:rPr>
@@ -4290,56 +3668,56 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...4 lines deleted...]
-      <w:r w:rsidR="003A171B">
+      <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00892424" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9810" w:type="dxa"/>
         <w:tblInd w:w="828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4353,2200 +3731,2456 @@
       <w:tblGrid>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F38A3" w:rsidRPr="00821B6D" w14:paraId="537246D1" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAA4CB4" w14:textId="77777777" w:rsidR="005F38A3" w:rsidRPr="00821B6D" w:rsidRDefault="005F38A3" w:rsidP="00AE16C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064D4D84" w14:textId="77777777" w:rsidR="005F38A3" w:rsidRPr="00821B6D" w:rsidRDefault="005F38A3" w:rsidP="00AE16C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Analyte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EA3764D" w14:textId="77777777" w:rsidR="005F38A3" w:rsidRPr="00821B6D" w:rsidRDefault="005F38A3" w:rsidP="00AE16C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FFE4E66" w14:textId="77777777" w:rsidR="005F38A3" w:rsidRPr="00821B6D" w:rsidRDefault="005F38A3" w:rsidP="00AE16C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A128483" w14:textId="77777777" w:rsidR="005F38A3" w:rsidRPr="00821B6D" w:rsidRDefault="005F38A3" w:rsidP="00AE16C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyte </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="42C07646" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6213A6BA" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F00F81" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Chemical Oxygen Demand (COD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628F8AD9" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CE8F82" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A643E8E" w14:textId="579E121A" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Nickel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="1CB346AA" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C86271B" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7197222E" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Total Suspended Solids (TSS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E0723CA" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02F4D793" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05FED80E" w14:textId="66295AAA" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Zinc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="49651899" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24AAAD5C" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42C96333" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>pH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42EF6345" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74C03803" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D31C527" w14:textId="5B882930" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Phosphorus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="41DE2FCD" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="466D7E99" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719E8553" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Cadmium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="696DC7DF" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3399A6A1" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289A488E" w14:textId="11A0F2D4" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Chloride ion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="4A192612" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03DC9881" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D335D9" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Chromium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C5AD63" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1799637E" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="728A98E9" w14:textId="35613E19" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="189D8BF8" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D64B18" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="550BA74B" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Copper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B1DBE57" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F1BDE20" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B257F9D" w14:textId="3A53A2EA" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="4D7ADD1D" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F0F6C27" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB503D0" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64600EEA" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5429045E" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4499706D" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w14:paraId="3CE94029" w14:textId="77777777" w:rsidTr="00C07E44">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35F3DCEB" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676F0500" w14:textId="558CDCD6" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Mercury</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291FC4D7" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42CF3EE7" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23ACF2BF" w14:textId="77777777" w:rsidR="00CE76B2" w:rsidRPr="00821B6D" w:rsidRDefault="00CE76B2" w:rsidP="00CE76B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C4CD933" w14:textId="7A314B6C" w:rsidR="00104F1C" w:rsidRPr="00821B6D" w:rsidRDefault="00104F1C" w:rsidP="008A49B2">
+    <w:p w14:paraId="6C4CD933" w14:textId="7A314B6C" w:rsidR="00104F1C" w:rsidRPr="00AC179C" w:rsidRDefault="00104F1C" w:rsidP="008A49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Is this waste considered hazardous under Minnesota Rules Ch. 7045? </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF2DE86" w14:textId="12F325BE" w:rsidR="00B53562" w:rsidRPr="00821B6D" w:rsidRDefault="00E771B4" w:rsidP="006D64E1">
+    <w:p w14:paraId="690E1D4C" w14:textId="00603FDE" w:rsidR="000878F5" w:rsidRPr="00AC179C" w:rsidRDefault="000878F5" w:rsidP="008A49B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="240"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is this waste PFAS impacted? </w:t>
+      </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
-          <w:b/>
-[...100 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CD20FB" w14:textId="2A85D6CD" w:rsidR="000878F5" w:rsidRPr="00821B6D" w:rsidRDefault="000878F5" w:rsidP="008A49B2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is this waste chloride impacted? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF2DE86" w14:textId="12F325BE" w:rsidR="00B53562" w:rsidRPr="00821B6D" w:rsidRDefault="00E771B4" w:rsidP="006D64E1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>If sewering on</w:t>
+      </w:r>
+      <w:r w:rsidR="007D29E6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r w:rsidR="0047775F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0047775F" w:rsidRPr="0047775F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047775F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you obtained approval to discharge to the sanitary sewer from the </w:t>
+      </w:r>
+      <w:r w:rsidR="0002572E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>city</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10D6E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>in which the discharge is occurring?</w:t>
+      </w:r>
+      <w:r w:rsidR="00821B6D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003A171B">
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B53562" w:rsidRPr="00821B6D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3562A7" w14:textId="11499B99" w:rsidR="006D64E1" w:rsidRPr="00821B6D" w:rsidRDefault="006D64E1" w:rsidP="00B53562">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>If yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, provide name, title, phone number and email address of </w:t>
       </w:r>
       <w:r w:rsidR="0002572E">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the city</w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> official:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D91C6E7" w14:textId="04D79873" w:rsidR="00B53562" w:rsidRPr="00821B6D" w:rsidRDefault="00B53562" w:rsidP="00821B6D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A167484" w14:textId="2E6D7860" w:rsidR="00347D9A" w:rsidRPr="00347D9A" w:rsidRDefault="00347D9A" w:rsidP="00347D9A">
+    <w:p w14:paraId="2A167484" w14:textId="505E4FDB" w:rsidR="00347D9A" w:rsidRPr="00347D9A" w:rsidRDefault="00347D9A" w:rsidP="00347D9A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281347">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve">discharging </w:t>
+      </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>on-site and the maximum discharge rate is greater than 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00821B6D">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> on-site and the maximum discharge rate is greater than 10</w:t>
+        </w:rPr>
+        <w:t>gpm and/or 14,000</w:t>
       </w:r>
       <w:r w:rsidR="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gpd, please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>IWPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00821B6D">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00821B6D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:t>gpd, please contact MCES for further instructions</w:t>
+        </w:rPr>
+        <w:t>for further instructions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A80A93F" w14:textId="77777777" w:rsidR="004F0D7A" w:rsidRPr="004F0D7A" w:rsidRDefault="004F0D7A" w:rsidP="004F0D7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Additional Pertinent Information: </w:t>
       </w:r>
       <w:r w:rsidRPr="006D0499">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>(Attach additional information if necessary)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
       <w:tr w:rsidR="00821B6D" w14:paraId="569C4839" w14:textId="77777777" w:rsidTr="00CB1D4F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3870B353" w14:textId="77777777" w:rsidR="00821B6D" w:rsidRDefault="00821B6D" w:rsidP="00CB1D4F">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3870B353" w14:textId="77777777" w:rsidR="00821B6D" w:rsidRDefault="00821B6D" w:rsidP="00CB1D4F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00821B6D" w14:paraId="3BAF4519" w14:textId="77777777" w:rsidTr="00CB1D4F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="448BA114" w14:textId="77777777" w:rsidR="00821B6D" w:rsidRDefault="00821B6D" w:rsidP="00CB1D4F">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="448BA114" w14:textId="77777777" w:rsidR="00821B6D" w:rsidRDefault="00821B6D" w:rsidP="00CB1D4F"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F55350" w14:textId="77777777" w:rsidR="009B3263" w:rsidRPr="009B3263" w:rsidRDefault="009B3263" w:rsidP="009B3263">
-      <w:pPr>
+    <w:p w14:paraId="2498F3DA" w14:textId="77777777" w:rsidR="004F62C3" w:rsidRDefault="004F62C3" w:rsidP="004F62C3">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D91AC73" w14:textId="77777777" w:rsidR="004F62C3" w:rsidRDefault="004F62C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F55350" w14:textId="5217C0C3" w:rsidR="009B3263" w:rsidRPr="009B3263" w:rsidRDefault="009B3263" w:rsidP="004F62C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3263">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Certification of Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C89EED6" w14:textId="77777777" w:rsidR="00B84B3D" w:rsidRPr="00821B6D" w:rsidRDefault="00B84B3D" w:rsidP="00B84B3D">
+    <w:p w14:paraId="7C89EED6" w14:textId="04DEA192" w:rsidR="00B84B3D" w:rsidRPr="00E86B5F" w:rsidRDefault="00B84B3D" w:rsidP="00B84B3D">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00821B6D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E86B5F">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>“I certify under penalty of law that this document and all attachments were prepared under my direction or supervision in accordance with a system designed to assure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry of the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete. I am aware that there are significant penalties for submitting false information, including the possibility of fine and imprisonment for knowing violations.”</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">I certify under penalty of law that this document and all attachments were prepared under my direction or supervision in accordance with a system designed to </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00E86B5F">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86B5F">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry of the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete. I am aware that there are significant penalties for submitting false information, including the possibility of fine and imprisonment for knowing violations</w:t>
+      </w:r>
+      <w:r w:rsidR="00801FF9" w:rsidRPr="00E86B5F">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="378" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="5220"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC1026" w:rsidRPr="00821B6D" w14:paraId="64956FDE" w14:textId="77777777" w:rsidTr="00821B6D">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="529C9295" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Name (Print):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BB04E4C" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15B8903B" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6481DA02" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1026" w:rsidRPr="00821B6D" w14:paraId="20759705" w14:textId="77777777" w:rsidTr="00821B6D">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53F17C20" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidR="00D73577" w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7233C7B7" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4781AD7E" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="54E997E9" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1026" w:rsidRPr="00821B6D" w14:paraId="38842260" w14:textId="77777777" w:rsidTr="00821B6D">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A2F5855" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00BC15F5" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="00DA5676" w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="655C9396" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B96D21C" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00BC15F5" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
             <w:r w:rsidR="00DA5676" w:rsidRPr="00821B6D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5407563C" w14:textId="77777777" w:rsidR="00DA5676" w:rsidRPr="00821B6D" w:rsidRDefault="00DA5676" w:rsidP="00AC4221">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14AF11EC" w14:textId="43388308" w:rsidR="00821B6D" w:rsidRDefault="009B3263" w:rsidP="008A49B2">
-[...61 lines deleted...]
-        <w:t>address at the top of this form.</w:t>
+    <w:p w14:paraId="0F15C7E1" w14:textId="77777777" w:rsidR="006E7EE2" w:rsidRDefault="006E7EE2" w:rsidP="006F3872"/>
+    <w:p w14:paraId="6F163AF1" w14:textId="585C5500" w:rsidR="008B70C2" w:rsidRPr="00CE09B5" w:rsidRDefault="008B70C2" w:rsidP="008B70C2">
+      <w:pPr>
+        <w:spacing w:before="480"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE09B5">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Send completed application and all applicable attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="002E18C7" w:rsidRPr="00CE09B5">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35FF0">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only one of the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE09B5">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402789E7" w14:textId="7E7CE48F" w:rsidR="009B3263" w:rsidRPr="0066281C" w:rsidRDefault="00FF40F9" w:rsidP="00BC5769">
-[...3 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="66040E9D" w14:textId="4ECB1E9E" w:rsidR="0025704D" w:rsidRDefault="00C13DEF" w:rsidP="00C13DEF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="0025704D">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="31C5E883" w14:textId="082DF45B" w:rsidR="002E18C7" w:rsidRDefault="008B70C2" w:rsidP="00C13DEF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Metropolitan Council Environmental Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>ndustrial Waste and Pollution Prevention Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>90 Robert Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00A71FF8" w:rsidRPr="004A72D2">
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>North</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>St. Paul, MN 55101-1805</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18338CC4" w14:textId="05F7DDA6" w:rsidR="0025704D" w:rsidRDefault="00E35FF0" w:rsidP="00C13DEF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="0025704D">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>mail to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402789E7" w14:textId="3805E367" w:rsidR="009B3263" w:rsidRDefault="0092199C" w:rsidP="00681D87">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00245EFD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
           <w:t>iwpp@metc.state.mn.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A71FF8">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009B3263" w:rsidRPr="0066281C" w:rsidSect="00227A2C">
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="584722B6" w14:textId="77777777" w:rsidR="00681D87" w:rsidRDefault="00681D87" w:rsidP="00681D87">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="6000"/>
+        <w:ind w:left="432"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="1830"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00647F62" w:rsidRPr="00E2374F" w14:paraId="76BA070C" w14:textId="77777777" w:rsidTr="002E5D50">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1659E129" w14:textId="77777777" w:rsidR="00647F62" w:rsidRPr="00647F62" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00647F62">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>Office use only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E6158CA" w14:textId="7064E961" w:rsidR="00647F62" w:rsidRPr="00E2374F" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2374F">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2374F">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>eceived ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CFF684" w14:textId="1B29D033" w:rsidR="00647F62" w:rsidRPr="00E2374F" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2374F">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit Staff </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3798053D" w14:textId="2E24EEF9" w:rsidR="00647F62" w:rsidRPr="00E2374F" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Denial date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51638AB2" w14:textId="6F667B4A" w:rsidR="00647F62" w:rsidRPr="00E2374F" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Approval #</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0DD66A" w14:textId="0558594A" w:rsidR="00647F62" w:rsidRPr="00E2374F" w:rsidRDefault="00647F62" w:rsidP="00647F62">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2374F">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit # </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FD43D91" w14:textId="77777777" w:rsidR="00E2374F" w:rsidRPr="0066281C" w:rsidRDefault="00E2374F" w:rsidP="00C11BC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="360"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E2374F" w:rsidRPr="0066281C" w:rsidSect="00227A2C">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C2A2F80" w14:textId="77777777" w:rsidR="00C45AA7" w:rsidRDefault="00C45AA7" w:rsidP="00812094">
+    <w:p w14:paraId="3531C318" w14:textId="77777777" w:rsidR="003A0EC7" w:rsidRDefault="003A0EC7" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="774EE657" w14:textId="77777777" w:rsidR="00C45AA7" w:rsidRDefault="00C45AA7" w:rsidP="00812094">
+    <w:p w14:paraId="5DCED31B" w14:textId="77777777" w:rsidR="003A0EC7" w:rsidRDefault="003A0EC7" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="69388F6A" w14:textId="357EC3C2" w:rsidR="00EC08E2" w:rsidRPr="005F5A11" w:rsidRDefault="00821B6D" w:rsidP="00EC08E2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69388F6A" w14:textId="1A92EC7E" w:rsidR="00EC08E2" w:rsidRPr="005F5A11" w:rsidRDefault="00821B6D" w:rsidP="00EC08E2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005F5A11">
       <w:rPr>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Industrial Discharge Approval </w:t>
     </w:r>
     <w:r w:rsidR="00EC08E2" w:rsidRPr="005F5A11">
       <w:rPr>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Request</w:t>
     </w:r>
     <w:r w:rsidRPr="005F5A11">
       <w:rPr>
         <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> form - 2021</w:t>
+      <w:t xml:space="preserve"> form - 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00801FF9">
+      <w:rPr>
+        <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="39E2D2DD" w14:textId="77777777" w:rsidR="00EC08E2" w:rsidRPr="0047775F" w:rsidRDefault="00EC08E2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0047775F">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="0047775F">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -6620,70 +6254,70 @@
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="0047775F">
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DC03DB4" w14:textId="77777777" w:rsidR="00BC5769" w:rsidRDefault="00BC5769">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="024AC864" w14:textId="77777777" w:rsidR="00C45AA7" w:rsidRDefault="00C45AA7" w:rsidP="00812094">
+    <w:p w14:paraId="2AA7A7F2" w14:textId="77777777" w:rsidR="003A0EC7" w:rsidRDefault="003A0EC7" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49B8D557" w14:textId="77777777" w:rsidR="00C45AA7" w:rsidRDefault="00C45AA7" w:rsidP="00812094">
+    <w:p w14:paraId="23730354" w14:textId="77777777" w:rsidR="003A0EC7" w:rsidRDefault="003A0EC7" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100135A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="208C15CE"/>
     <w:lvl w:ilvl="0" w:tplc="94BA0B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6971,50 +6605,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46421F65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="705AB578"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A85A49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E08A9EEC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7056,51 +6779,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54E04C7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="705CE40A"/>
     <w:lvl w:ilvl="0" w:tplc="4978F556">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7148,51 +6871,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57C73524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E760306"/>
     <w:lvl w:ilvl="0" w:tplc="00A4D720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6E2C0A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
@@ -7243,51 +6966,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D403507"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEC8DAA8"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7329,51 +7052,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A533676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23B4177C"/>
     <w:lvl w:ilvl="0" w:tplc="E84684CA">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -7421,71 +7144,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ADC45BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F29A9E8E"/>
     <w:lvl w:ilvl="0" w:tplc="2E9457EC">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -7514,51 +7237,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BF84BDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="808C00CC"/>
     <w:lvl w:ilvl="0" w:tplc="F05240D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7604,51 +7327,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D300C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44E22232"/>
     <w:lvl w:ilvl="0" w:tplc="456EF3B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7697,51 +7420,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7268629B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C6600D4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7786,317 +7509,393 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1958756245">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="479856423">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1786653818">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="649208644">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1309553401">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1309045379">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="873274321">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2136439254">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1223445258">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="10" w16cid:durableId="1491749789">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="11" w16cid:durableId="134833462">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
-[...2 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="12" w16cid:durableId="841509449">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13" w16cid:durableId="1478256090">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B150BF"/>
+    <w:rsid w:val="00011421"/>
     <w:rsid w:val="0002572E"/>
     <w:rsid w:val="00031DCB"/>
     <w:rsid w:val="00043839"/>
     <w:rsid w:val="000548FC"/>
     <w:rsid w:val="00057AB6"/>
     <w:rsid w:val="000709E1"/>
+    <w:rsid w:val="000878F5"/>
     <w:rsid w:val="000A35C9"/>
+    <w:rsid w:val="000B0F25"/>
     <w:rsid w:val="000B1BBB"/>
     <w:rsid w:val="000C28F5"/>
     <w:rsid w:val="000D34EA"/>
     <w:rsid w:val="000D5F76"/>
+    <w:rsid w:val="000E03EC"/>
     <w:rsid w:val="000E7CB9"/>
     <w:rsid w:val="00104F1C"/>
     <w:rsid w:val="00125B28"/>
     <w:rsid w:val="0014617E"/>
+    <w:rsid w:val="001530F4"/>
     <w:rsid w:val="001723AA"/>
     <w:rsid w:val="00181B06"/>
+    <w:rsid w:val="001831A6"/>
     <w:rsid w:val="00197034"/>
     <w:rsid w:val="001A057F"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001A744D"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001C73A9"/>
+    <w:rsid w:val="001E4D94"/>
+    <w:rsid w:val="001F07B4"/>
+    <w:rsid w:val="00201051"/>
+    <w:rsid w:val="00213145"/>
     <w:rsid w:val="00221064"/>
     <w:rsid w:val="00227A2C"/>
     <w:rsid w:val="00233FFF"/>
     <w:rsid w:val="00241BD5"/>
     <w:rsid w:val="00253468"/>
     <w:rsid w:val="0025652E"/>
+    <w:rsid w:val="0025704D"/>
+    <w:rsid w:val="00273EA7"/>
+    <w:rsid w:val="00281347"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="002C0F47"/>
     <w:rsid w:val="002C36EB"/>
     <w:rsid w:val="002E0E74"/>
+    <w:rsid w:val="002E18C7"/>
+    <w:rsid w:val="002E5D50"/>
     <w:rsid w:val="003226A8"/>
     <w:rsid w:val="003303A6"/>
+    <w:rsid w:val="00330ED6"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="00347D9A"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="003539C6"/>
     <w:rsid w:val="003577F3"/>
     <w:rsid w:val="003735D1"/>
+    <w:rsid w:val="003A0EC7"/>
     <w:rsid w:val="003A171B"/>
     <w:rsid w:val="003A40F7"/>
+    <w:rsid w:val="003B4406"/>
     <w:rsid w:val="003B7AAD"/>
     <w:rsid w:val="003C25D8"/>
+    <w:rsid w:val="003D1E59"/>
     <w:rsid w:val="003D1FA2"/>
     <w:rsid w:val="003D77BD"/>
+    <w:rsid w:val="003E1BA8"/>
     <w:rsid w:val="003E652C"/>
     <w:rsid w:val="004331FC"/>
+    <w:rsid w:val="00456A7F"/>
     <w:rsid w:val="0047775F"/>
     <w:rsid w:val="004D5FA9"/>
     <w:rsid w:val="004E4332"/>
     <w:rsid w:val="004F0D7A"/>
+    <w:rsid w:val="004F42C1"/>
+    <w:rsid w:val="004F5F59"/>
+    <w:rsid w:val="004F62C3"/>
+    <w:rsid w:val="00514A53"/>
     <w:rsid w:val="0052317C"/>
     <w:rsid w:val="005313CA"/>
     <w:rsid w:val="00533E44"/>
+    <w:rsid w:val="005430F4"/>
     <w:rsid w:val="005457C7"/>
     <w:rsid w:val="00566E3B"/>
     <w:rsid w:val="00595CB1"/>
     <w:rsid w:val="005C744F"/>
     <w:rsid w:val="005D1F4D"/>
+    <w:rsid w:val="005D7BBC"/>
     <w:rsid w:val="005F38A3"/>
     <w:rsid w:val="005F5A11"/>
     <w:rsid w:val="00612EA7"/>
     <w:rsid w:val="00631F9E"/>
+    <w:rsid w:val="00637CD8"/>
     <w:rsid w:val="00643E1C"/>
+    <w:rsid w:val="00647F62"/>
     <w:rsid w:val="00661C25"/>
     <w:rsid w:val="0066281C"/>
+    <w:rsid w:val="006635A4"/>
     <w:rsid w:val="00676FAF"/>
+    <w:rsid w:val="00681D87"/>
     <w:rsid w:val="006827E0"/>
     <w:rsid w:val="006A1EA5"/>
+    <w:rsid w:val="006A30E3"/>
     <w:rsid w:val="006D0499"/>
     <w:rsid w:val="006D64E1"/>
+    <w:rsid w:val="006E7EE2"/>
+    <w:rsid w:val="006F3872"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00734CFB"/>
     <w:rsid w:val="00766DEA"/>
     <w:rsid w:val="007B0410"/>
     <w:rsid w:val="007D29E6"/>
+    <w:rsid w:val="007E55A9"/>
     <w:rsid w:val="007E620A"/>
+    <w:rsid w:val="007F6695"/>
+    <w:rsid w:val="00801FF9"/>
     <w:rsid w:val="00812094"/>
+    <w:rsid w:val="00812B72"/>
+    <w:rsid w:val="008176AF"/>
     <w:rsid w:val="00821B6D"/>
     <w:rsid w:val="008224ED"/>
     <w:rsid w:val="00830B39"/>
+    <w:rsid w:val="008369C9"/>
     <w:rsid w:val="008526CF"/>
     <w:rsid w:val="008700FB"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="00886AAE"/>
     <w:rsid w:val="00892424"/>
     <w:rsid w:val="008A49B2"/>
+    <w:rsid w:val="008B70C2"/>
     <w:rsid w:val="008E34C5"/>
+    <w:rsid w:val="009019F7"/>
     <w:rsid w:val="009143A9"/>
+    <w:rsid w:val="0092199C"/>
     <w:rsid w:val="0092266D"/>
+    <w:rsid w:val="0094621A"/>
     <w:rsid w:val="00954761"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="00957507"/>
     <w:rsid w:val="009905C0"/>
+    <w:rsid w:val="009A36C6"/>
     <w:rsid w:val="009B19F4"/>
     <w:rsid w:val="009B3263"/>
     <w:rsid w:val="009B5D4C"/>
     <w:rsid w:val="009C4711"/>
+    <w:rsid w:val="009D4F2A"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="009F090B"/>
     <w:rsid w:val="009F19A6"/>
     <w:rsid w:val="009F1C3D"/>
     <w:rsid w:val="00A106D5"/>
     <w:rsid w:val="00A10D6E"/>
     <w:rsid w:val="00A11DC8"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A16F20"/>
     <w:rsid w:val="00A30995"/>
     <w:rsid w:val="00A5106B"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A64591"/>
     <w:rsid w:val="00A71FF8"/>
     <w:rsid w:val="00A9023B"/>
+    <w:rsid w:val="00AA4E3E"/>
     <w:rsid w:val="00AA5B5D"/>
+    <w:rsid w:val="00AB51AF"/>
+    <w:rsid w:val="00AC179C"/>
     <w:rsid w:val="00AC4221"/>
+    <w:rsid w:val="00AC4B12"/>
     <w:rsid w:val="00AD45E6"/>
+    <w:rsid w:val="00AD5B88"/>
     <w:rsid w:val="00AE09FB"/>
     <w:rsid w:val="00AE16C1"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AF5249"/>
     <w:rsid w:val="00AF54CC"/>
     <w:rsid w:val="00B07727"/>
     <w:rsid w:val="00B150BF"/>
     <w:rsid w:val="00B2125C"/>
     <w:rsid w:val="00B3180F"/>
+    <w:rsid w:val="00B50FCC"/>
     <w:rsid w:val="00B53562"/>
     <w:rsid w:val="00B56F7A"/>
     <w:rsid w:val="00B83C70"/>
     <w:rsid w:val="00B84B3D"/>
     <w:rsid w:val="00B95830"/>
     <w:rsid w:val="00BA3BF2"/>
     <w:rsid w:val="00BC15F5"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00BC5769"/>
     <w:rsid w:val="00BD41AF"/>
     <w:rsid w:val="00BD42CC"/>
+    <w:rsid w:val="00BF4D2A"/>
     <w:rsid w:val="00C07E44"/>
+    <w:rsid w:val="00C11BC0"/>
+    <w:rsid w:val="00C13DEF"/>
     <w:rsid w:val="00C16C18"/>
     <w:rsid w:val="00C340A2"/>
     <w:rsid w:val="00C45AA7"/>
     <w:rsid w:val="00C46D15"/>
+    <w:rsid w:val="00C74E51"/>
+    <w:rsid w:val="00C751E2"/>
+    <w:rsid w:val="00C843DF"/>
     <w:rsid w:val="00C9552D"/>
     <w:rsid w:val="00CC1026"/>
+    <w:rsid w:val="00CC77B0"/>
+    <w:rsid w:val="00CD781A"/>
+    <w:rsid w:val="00CE09B5"/>
+    <w:rsid w:val="00CE495F"/>
     <w:rsid w:val="00CE76B2"/>
+    <w:rsid w:val="00CF1183"/>
+    <w:rsid w:val="00D03B94"/>
+    <w:rsid w:val="00D32F23"/>
+    <w:rsid w:val="00D341A4"/>
     <w:rsid w:val="00D46FC6"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D47C03"/>
     <w:rsid w:val="00D55D22"/>
     <w:rsid w:val="00D73577"/>
     <w:rsid w:val="00D9035A"/>
+    <w:rsid w:val="00D96081"/>
     <w:rsid w:val="00DA3E03"/>
     <w:rsid w:val="00DA563A"/>
     <w:rsid w:val="00DA5676"/>
     <w:rsid w:val="00DC35D6"/>
+    <w:rsid w:val="00DD5255"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00DE2168"/>
+    <w:rsid w:val="00E02678"/>
     <w:rsid w:val="00E22816"/>
+    <w:rsid w:val="00E2374F"/>
+    <w:rsid w:val="00E35FF0"/>
     <w:rsid w:val="00E771B4"/>
+    <w:rsid w:val="00E86B5F"/>
     <w:rsid w:val="00EC08E2"/>
+    <w:rsid w:val="00ED0CFE"/>
     <w:rsid w:val="00F3008D"/>
     <w:rsid w:val="00F555FA"/>
     <w:rsid w:val="00F97B69"/>
     <w:rsid w:val="00FA1233"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FE0F63"/>
     <w:rsid w:val="00FF40F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E4F30C4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6ADBEB21-61B3-4A42-A7E9-17D6248984B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8444,55 +8243,54 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Body Copy"/>
     <w:qFormat/>
-    <w:rsid w:val="00886AAE"/>
+    <w:rsid w:val="006E7EE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="595959"/>
-      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00723188"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -8908,61 +8706,132 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00AE09FB"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A71FF8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00330ED6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="595959"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE495F"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE495F"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CE495F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="595959"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE495F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE495F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="595959"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///U:\projects\Forms\2013Forms\Request-1xIWDApproval.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9236,170 +9105,310 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <Doc_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Word</Value>
+    </Doc_x0020_Type>
+    <Last_x0020_Updated_x0020_Date xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">2025-12-03T06:00:00+00:00</Last_x0020_Updated_x0020_Date>
+    <Permit_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Special Discharge</Permit_x0020_Type>
+    <Form_x0020_Category xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Approval Request</Form_x0020_Category>
+    <Published_x0020_to_x0020_Website_x003f_ xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>-</Value>
+      <Value>Yes</Value>
+    </Published_x0020_to_x0020_Website_x003f_>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b">Team Site</UpgradeAction>
+    <Internal_x002f_External_x0020_Use xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">External Use</Internal_x002f_External_x0020_Use>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-1775186713-44</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-1775186713-44</Url>
+      <Description>Y25ARKAS7VEQ-1775186713-44</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="5be9d2a9-a849-4ba6-b044-dab42826ef6c"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DEF43A5EEDA7346839AA15369B58478" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05a98f438f68ea672a764ce5b8bec623">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xmlns:ns4="de73edb4-6766-4815-9b9f-1ecc03c96cc6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9687a56709f08ef9d24b52906e6ad6b9" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:import namespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...8 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:Form_x0020_Category" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:Permit_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Internal_x002f_External_x0020_Use" minOccurs="0"/>
+                <xsd:element ref="ns4:Published_x0020_to_x0020_Website_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns4:Last_x0020_Updated_x0020_Date"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f171199a-6a1c-4594-a9b6-8c369e6f816c" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="9" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="10" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="11" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Form_x0020_Category" ma:index="12" nillable="true" ma:displayName="Form Type" ma:default="-" ma:format="Dropdown" ma:internalName="Form_x0020_Category">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Application"/>
+          <xsd:enumeration value="Approval Request"/>
+          <xsd:enumeration value="Assessment"/>
+          <xsd:enumeration value="Certification"/>
+          <xsd:enumeration value="Compliance Statement"/>
+          <xsd:enumeration value="Permit Plan"/>
+          <xsd:enumeration value="Permit Transfer"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Vehicle Identification"/>
+          <xsd:enumeration value="Waiver"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="Permit_x0020_Type" ma:index="16" nillable="true" ma:displayName="Permit Type" ma:default="-" ma:format="Dropdown" ma:internalName="Permit_x0020_Type">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="All"/>
+          <xsd:enumeration value="General"/>
+          <xsd:enumeration value="Healthcare Facilities"/>
+          <xsd:enumeration value="Liquid Waste Hauler"/>
+          <xsd:enumeration value="Microbrewery"/>
+          <xsd:enumeration value="Sewer Cleaning Waste Hauler"/>
+          <xsd:enumeration value="Special Discharge"/>
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Standard, General, Special"/>
+          <xsd:enumeration value="Water Treatment"/>
+          <xsd:enumeration value="Zero Categorical Discharge"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...18 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="Doc_x0020_Type" ma:index="17" nillable="true" ma:displayName="Doc Type" ma:default="Word" ma:internalName="Doc_x0020_Type">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...6 lines deleted...]
-                </xsd:complexType>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Word"/>
+                    <xsd:enumeration value="Crystal Reports"/>
+                    <xsd:enumeration value="Excel"/>
+                    <xsd:enumeration value="PDF"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="Internal_x002f_External_x0020_Use" ma:index="18" nillable="true" ma:displayName="Internal/External Use" ma:default="-" ma:format="Dropdown" ma:internalName="Internal_x002f_External_x0020_Use">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="External Use"/>
+          <xsd:enumeration value="Internal Use"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="15" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+    <xsd:element name="Published_x0020_to_x0020_Website_x003f_" ma:index="19" nillable="true" ma:displayName="Published to Website?" ma:default="-" ma:internalName="Published_x0020_to_x0020_Website_x003f_">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="-"/>
+                    <xsd:enumeration value="No"/>
+                    <xsd:enumeration value="Yes"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Last_x0020_Updated_x0020_Date" ma:index="20" ma:displayName="Last Updated Date" ma:format="DateOnly" ma:internalName="Last_x0020_Updated_x0020_Date">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -9458,137 +9467,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2025-09-05T20:55:31.567Z"/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A69CDE26-419F-402B-8694-696671442CAF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38CB8F6-FCE8-42E2-B96B-86B9D85BA8F1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{393D9CD2-FD2F-462C-9DE6-B73459FA3A62}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A69CDE26-419F-402B-8694-696671442CAF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A837E221-8467-49E1-B77C-F621392398AB}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{636A5677-E1D1-4D57-9B08-C4F483E4D154}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D7550FD-9040-4FD2-BA0A-D3D5266B73D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f171199a-6a1c-4594-a9b6-8c369e6f816c"/>
-    <ds:schemaRef ds:uri="5be9d2a9-a849-4ba6-b044-dab42826ef6c"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A837E221-8467-49E1-B77C-F621392398AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54574A02-BDF1-4E02-A50E-A07D9ED2E518}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{393D9CD2-FD2F-462C-9DE6-B73459FA3A62}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Request-1xIWDApproval.dot</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3557</Characters>
+  <Pages>3</Pages>
+  <Words>772</Words>
+  <Characters>4401</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Discharge Approval Request</vt:lpstr>
+      <vt:lpstr>Industrial Discharge Approval Request</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nelson</Manager>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4173</CharactersWithSpaces>
+  <CharactersWithSpaces>5163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Discharge Approval Request</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Rothstein</dc:creator>
+  <dc:title>Industrial Discharge Approval Request</dc:title>
+  <dc:subject>Request Form</dc:subject>
+  <dc:creator/>
   <cp:keywords/>
-  <dc:description>IWPP industrial discharge approval request form - final approval 8/10/21, revised 11/3/21 to remove (discharge location) from Site Name field. </dc:description>
+  <dc:description>12/2025-MCES and text box removal, add business tax name, intro paragraph. IWPP industrial discharge approval request form - final approval 8/10/21, revised 11/3/21 to remove (discharge location) from Site Name field.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Special Discharge</cp:category>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AC9EABD0F4872746885B66584AF9F7FC</vt:lpwstr>
+    <vt:lpwstr>0x0101009DEF43A5EEDA7346839AA15369B58478</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>3bdab482-c439-4e9c-863f-5f2b3ed4a295</vt:lpwstr>
   </property>
 </Properties>
 </file>