--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -1,371 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4D03358D" w14:textId="7C5C73CB" w:rsidR="00723188" w:rsidRDefault="00E50687">
+    <w:p w14:paraId="4D03358D" w14:textId="5FC93EF7" w:rsidR="00723188" w:rsidRDefault="00E50687">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...276 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D640F71" wp14:editId="7075A933">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D640F71" wp14:editId="46818031">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-153670</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-184150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -458,69 +186,76 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6240A421" w14:textId="77777777" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E573FB" w14:textId="599B827E" w:rsidR="001863A6" w:rsidRPr="001863A6" w:rsidRDefault="001863A6" w:rsidP="00510650">
+    <w:p w14:paraId="2003B96A" w14:textId="77777777" w:rsidR="003B084E" w:rsidRDefault="003B084E" w:rsidP="003B084E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="600"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Industrial Waste &amp; Pollution Prevention Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E573FB" w14:textId="7492BFEF" w:rsidR="001863A6" w:rsidRPr="001863A6" w:rsidRDefault="001863A6" w:rsidP="003B084E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D251C1">
         <w:t>Wastewater</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Discharge </w:t>
       </w:r>
       <w:r w:rsidRPr="00D251C1">
         <w:t>Survey</w:t>
       </w:r>
       <w:r w:rsidR="00163C49">
         <w:t xml:space="preserve"> For Breweries and Brewpubs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519F56E6" w14:textId="298F013F" w:rsidR="001863A6" w:rsidRPr="00D55A86" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+    <w:p w14:paraId="519F56E6" w14:textId="2D10C00C" w:rsidR="001863A6" w:rsidRPr="00D55A86" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If there are questions regard</w:t>
       </w:r>
       <w:r w:rsidR="00A70B0E">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -625,74 +360,106 @@
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 602-</w:t>
       </w:r>
       <w:r w:rsidR="00F750C0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8114</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D592EA" w14:textId="4E5327C3" w:rsidR="001863A6" w:rsidRPr="00510650" w:rsidRDefault="00510650" w:rsidP="001863A6">
+    <w:p w14:paraId="68D592EA" w14:textId="68B6752D" w:rsidR="001863A6" w:rsidRPr="00510650" w:rsidRDefault="00510650" w:rsidP="001863A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510650">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Complete company </w:t>
+        <w:t>Complete</w:t>
+      </w:r>
+      <w:r w:rsidR="00963E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510650">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>company</w:t>
+      </w:r>
+      <w:r w:rsidR="00963E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510650">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">general </w:t>
       </w:r>
       <w:r w:rsidRPr="00510650">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>information:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1367,165 +1134,514 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54E8D7F6" w14:textId="7579C5DE" w:rsidR="00566FB0" w:rsidRDefault="00E50687" w:rsidP="001C61CE">
+    <w:p w14:paraId="3FC2FBFD" w14:textId="4C6BAFB5" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="001C61CE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...86 lines deleted...]
-      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t>Indicate the general types of business functions at this address by checking the appropriate boxes:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="2761"/>
+        <w:gridCol w:w="749"/>
+        <w:gridCol w:w="2727"/>
+        <w:gridCol w:w="693"/>
+        <w:gridCol w:w="2785"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009358E7" w14:paraId="70D03D70" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6282E847" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5315DA16" w14:textId="1E4DE57D" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brewing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="085C6639" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCA3F38" w14:textId="2CED1103" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Packaging/Bottling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E82F1E" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6481B0" w14:textId="386A7AA1" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Distribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009358E7" w14:paraId="2A3DDB7C" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD1DF4E" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3170A9A6" w14:textId="275E3C36" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fermentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2917F3" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2588AC88" w14:textId="3DE479B1" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Restaurant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="074F9C6D" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1430ABDC" w14:textId="125311D6" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Home Brew Supplier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009358E7" w14:paraId="33B68E01" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2219DF3E" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55961408" w14:textId="5663D49A" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pasteurizing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="798B4DD2" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7035661A" w14:textId="579B5651" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Seltzers/Hard Seltzers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9AD42D" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCAAF5F" w14:textId="67298B86" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>THC/Cannabis Infused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009358E7" w14:paraId="07D54ADC" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D728291" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2761" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D07FC73" w14:textId="49521C8E" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Non-alcoholic Beer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="266C805A" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B84B57E" w14:textId="4149A68A" w:rsidR="009358E7" w:rsidRDefault="00166471" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Non-alcoholic Beverages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D33707A" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="596EB9A8" w14:textId="77777777" w:rsidR="009358E7" w:rsidRDefault="009358E7" w:rsidP="009358E7">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="54E8D7F6" w14:textId="02476070" w:rsidR="00566FB0" w:rsidRDefault="001863A6" w:rsidP="00166471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Describe the </w:t>
       </w:r>
       <w:r w:rsidR="00566FB0">
-        <w:t xml:space="preserve">specific nature of brew operations at this address, as well as other </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">specific nature of brew operations at this address as well as other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
         <w:t>business activit</w:t>
       </w:r>
       <w:r w:rsidR="00566FB0">
         <w:t xml:space="preserve">ies conducted at the site </w:t>
       </w:r>
-      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+      <w:r w:rsidRPr="00A939E3">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00566FB0">
         <w:t xml:space="preserve">i.e. restaurant operations or sales/distribution) </w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00166471" w14:paraId="739E6AFF" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3306F3" w14:textId="77777777" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166471" w14:paraId="65BD00E3" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7BA6DC" w14:textId="77777777" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166471" w14:paraId="5FF00906" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED802CC" w14:textId="77777777" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="75B63C95" w14:textId="22F07F3A" w:rsidR="00A939E3" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Startup date at present address:  </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Text7"/>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -1665,51 +1781,51 @@
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
         <w:t>(month/year)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3F1A69" w14:textId="50C809B3" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
+    <w:p w14:paraId="6B3F1A69" w14:textId="50C809B3" w:rsidR="001863A6" w:rsidRPr="00166471" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Number of employees at this address: </w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Text6"/>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -1766,379 +1882,447 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="0077182D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="2605"/>
+        <w:gridCol w:w="3065"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00166471" w14:paraId="49B30954" w14:textId="77777777" w:rsidTr="00166471">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB08EFE" w14:textId="5AA51B0E" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4770"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brewing operations:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="036A5E8C" w14:textId="77777777" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4770"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2605" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B9E426" w14:textId="61CFDC95" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4770"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">       Taphouse operations: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50723DA0" w14:textId="07B00193" w:rsidR="00166471" w:rsidRDefault="00166471" w:rsidP="00166471">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4770"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="0F68DD42" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="00566FB0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hours of operation: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="948"/>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1200"/>
         <w:gridCol w:w="507"/>
         <w:gridCol w:w="502"/>
         <w:gridCol w:w="845"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D54EE" w14:paraId="60357B53" w14:textId="77777777" w:rsidTr="0049558C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="949" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7BAD548F" w14:textId="64101DEE" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00EB1B8E">
               <w:t>on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1442" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4391EA49" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FD5C191" w14:textId="669E5AD9" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Tue:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="566FC9B7" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="199A5CDB" w14:textId="4DC3D691" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Wed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51E8FC33" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="722004AB" w14:textId="6D0B62D9" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Thu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1203" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="516013A6" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="507" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DDEA723" w14:textId="68DC076E" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Fri:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11BECFC5" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D54EE" w14:paraId="77658368" w14:textId="77777777" w:rsidTr="0049558C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="949" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7EC91948" w14:textId="59593144" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Sat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03DBE236" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2581D942" w14:textId="3C2B5D12" w:rsidR="00566FB0" w:rsidRDefault="00EB1B8E" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Sun:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01786FD4" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0466C9FF" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="765FF508" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A481E7C" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BC66F43" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26A72C9E" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7667639D" w14:textId="77777777" w:rsidR="00566FB0" w:rsidRDefault="00566FB0" w:rsidP="001C61CE">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EE518C4" w14:textId="50D059E5" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
+    <w:p w14:paraId="6EE518C4" w14:textId="34686280" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t>Is this a multi</w:t>
       </w:r>
       <w:r w:rsidR="002766C1">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">tenant facility (more than one company in the same building)?  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -2168,72 +2352,72 @@
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00B06338">
-        <w:t xml:space="preserve">  If yes, please indicate the suite or unit number </w:t>
-[...5 lines deleted...]
-        <w:t>above.</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F40353" w14:textId="44971562" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="002C1F1E">
+    <w:p w14:paraId="65F40353" w14:textId="1615E8FC" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="002C1F1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve">Does this company have additional facilities/addresses in the Twin Cities </w:t>
+        <w:t xml:space="preserve">Does this company have additional facilities/addresses in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00166471">
+        <w:t>seven-county</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB1B8E">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">etropolitan </w:t>
       </w:r>
       <w:r w:rsidR="00EB1B8E">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">rea?  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -2260,62 +2444,63 @@
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="731C2FFC" w14:textId="3036E087" w:rsidR="00EB1B8E" w:rsidRDefault="00E50687" w:rsidP="00EB1B8E">
+    <w:p w14:paraId="731C2FFC" w14:textId="10AAB368" w:rsidR="00EB1B8E" w:rsidRDefault="00E50687" w:rsidP="00EB1B8E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12B13992" wp14:editId="3FB011D7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2677160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>167640</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3729990" cy="0"/>
                 <wp:effectExtent l="10160" t="9525" r="12700" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Line 10">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2350,101 +2535,52 @@
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="77887068" id="Line 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="210.8pt,13.2pt" to="504.5pt,13.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCG9HdvwAEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b5xk6LYYcXpIPy7Z&#10;FqDdD2Ak2RYmiYKkxM6/H6V8tNtuw3wgRJF8fHyUl/ejNeygQtToGj6bTDlTTqDUrmv4j9en2y+c&#10;xQROgkGnGn5Ukd+vbj4sB1+rOfZopAqMQFysB9/wPiVfV1UUvbIQJ+iVo2CLwUIiN3SVDDAQujXV&#10;fDr9VA0YpA8oVIx0+3AK8lXBb1sl0ve2jSox03DilooNxe6yrVZLqLsAvtfiTAP+gYUF7ajpFeoB&#10;ErB90H9BWS0CRmzTRKCtsG21UGUGmmY2/WOalx68KrOQONFfZYr/D1Z8O2wD05J2R/I4sLSjjXaK&#10;kUvaDD7WlLJ225CnE6N78RsUPyNzuO7BdapwfD16qpvliuq3kuxETx12w1eUlAP7hEWosQ02Q5IE&#10;bCz7OF73ocbEBF1+/DxfLBbES1xiFdSXQh9ielZoWT403BDpAgyHTUyZCNSXlNzH4ZM2pqzbODY0&#10;fHE3vysFEY2WOZjTYuh2axPYAfKDKV+ZiiLv0wLunSxgvQL5eD4n0OZ0pubGncXI85+U3KE8bsNF&#10;JNpoYXl+ffnJvPdL9ds/svoFAAD//wMAUEsDBBQABgAIAAAAIQB1lout3gAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSHuHyEhcJpasTBWUptME9MaFDcTVa0xb0Thdk22FpyfTDuxo&#10;+9Pv78+Xo+3EgQbfOtYwnykQxJUzLdca3jfl7T0IH5ANdo5Jww95WBaTqxwz4478Rod1qEUMYZ+h&#10;hiaEPpPSVw1Z9DPXE8fblxsshjgOtTQDHmO47WSiVCotthw/NNjTU0PV93pvNfjyg3bl77Saqs+7&#10;2lGye359Qa1vrsfVI4hAY/iH4aQf1aGITlu3Z+NFp2GRzNOIakjSBYgToNRDbLc9b2SRy8sKxR8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhvR3b8ABAABrAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdZaLrd4AAAAKAQAADwAAAAAAAAAAAAAA&#10;AAAaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EB1B8E">
         <w:t xml:space="preserve">If yes, list facility name(s) and address(es): </w:t>
       </w:r>
-      <w:r w:rsidR="00EB1B8E" w:rsidRPr="00EB1B8E">
-[...47 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="40517CE2" w14:textId="24D05FCD" w:rsidR="00EB1B8E" w:rsidRPr="00A939E3" w:rsidRDefault="00E50687" w:rsidP="002C1F1E">
+    <w:p w14:paraId="40517CE2" w14:textId="77D5095D" w:rsidR="00EB1B8E" w:rsidRPr="00A939E3" w:rsidRDefault="00E50687" w:rsidP="002C1F1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4176"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12B13992" wp14:editId="60A94576">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2688590</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>155575</wp:posOffset>
@@ -2501,2119 +2637,1483 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="64E5432A" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="211.7pt,12.25pt" to="505.35pt,12.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3leQ2xwEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IduG0Eyzk4TS9u&#10;ayBp7ms+JKIUlyBpS/77LulHmuZWVAeCy50Z7s5Sy7uxt+ygQjToGj6bTDlTTqA0rm34z6eHD585&#10;iwmcBItONfyoIr9bvX+3HHyt5tihlSowEnGxHnzDu5R8XVVRdKqHOEGvHCU1hh4ShaGtZICB1Htb&#10;zafTj9WAQfqAQsVIp/enJF8Vfa2VSD+0jiox23CqLZU1lHWX12q1hLoN4DsjzmXAP1TRg3F06VXq&#10;HhKwfTBvpHojAkbUaSKwr1BrI1TpgbqZTf/q5rEDr0ovZE70V5vi/5MV3w/bwIxs+C1nDnoa0cY4&#10;xWazbM3gY02ItduG3JwY3aPfoPgVmcN1B65VpcSnoydeYVSvKDmIni7YDd9QEgb2CYtPow4909b4&#10;50zM4uQFG8tgjtfBqDExQYc3n+a3N4sFZ+KSq6DOEpnoQ0xfFfYsbxpuqfwiCIdNTNQEQS+QDHf4&#10;YKwtc7eODdT4Yr4ohIjWyJzMsBja3doGdoD8csqXHSGxV7CAeyeLWKdAfjnvExh72hPeOqJdnDh5&#10;ukN53IYsl89ptEX4/Azz2/kzLqiXn2X1GwAA//8DAFBLAwQUAAYACAAAACEAtf1ZBd4AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI3FiyrsDWNZ0mBFyQkBhl57QxbbXEqZqs&#10;K29PJg5wtP3p9/fn28kaNuLgO0cSFnMBDKl2uqNGQvnxfLsC5oMirYwjlPCNHrbF7CpXmXZnesdx&#10;HxoWQ8hnSkIbQp9x7usWrfJz1yPF25cbrApxHBquB3WO4dbwRIh7blVH8UOrenxssT7uT1bC7vD6&#10;tHwbK+uMXjflp7aleEmkvLmedhtgAafwB8NFP6pDEZ0qdyLtmZGQJss0ohKS9A7YBRAL8QCs+t3w&#10;Iuf/KxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPeV5DbHAQAAdAMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALX9WQXeAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EB1B8E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C1F1E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C1F1E">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C1F1E" w:rsidRPr="00EB1B8E">
-[...47 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="24A6BAB4" w14:textId="03049C25" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
-[...227 lines deleted...]
-    <w:p w14:paraId="626B7DDE" w14:textId="6CBF775F" w:rsidR="000D0C3E" w:rsidRDefault="002C1F1E" w:rsidP="00714A73">
+    <w:p w14:paraId="626B7DDE" w14:textId="1FAAC87F" w:rsidR="000D0C3E" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Enter production details in the tables below: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="2284"/>
         <w:gridCol w:w="5847"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D0C3E" w:rsidRPr="001C61CE" w14:paraId="5FAB84AA" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="000D0C3E" w:rsidRPr="004563F0" w14:paraId="5FAB84AA" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0D670D" w14:textId="3161C54F" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="595959"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001C61CE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004563F0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="595959"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="001C61CE">
+            <w:r w:rsidRPr="004563F0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1008B111" w14:textId="41E71B41" w:rsidR="000D0C3E" w:rsidRPr="001C61CE" w:rsidRDefault="000D0C3E" w:rsidP="000D0C3E">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="1008B111" w14:textId="41E71B41" w:rsidR="000D0C3E" w:rsidRPr="00413570" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="001C61CE">
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NAICS Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="387D8CE1" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="001C61CE" w:rsidRDefault="000D0C3E" w:rsidP="000D0C3E">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="387D8CE1" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00413570" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="001C61CE">
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Description of Operation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="439253F4" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="001C61CE" w:rsidRDefault="000D0C3E" w:rsidP="000D0C3E">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="439253F4" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00413570" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="001C61CE">
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Primary?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w14:paraId="4A5EB504" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="000D0C3E" w:rsidRPr="004563F0" w14:paraId="4A5EB504" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="15BCF115" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="15BCF115" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="520D6378" w14:textId="7BB860E6" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="520D6378" w14:textId="7BB860E6" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5847" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66ADDA25" w14:textId="6B6A56DB" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="66ADDA25" w14:textId="6B6A56DB" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36969855" w14:textId="699300C6" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="36969855" w14:textId="699300C6" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w14:paraId="0E668B5B" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="000D0C3E" w:rsidRPr="004563F0" w14:paraId="0E668B5B" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27045A5B" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="27045A5B" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5346E0" w14:textId="0C795D7E" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="2E5346E0" w14:textId="0C795D7E" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5847" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD2D2D8" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="4BD2D2D8" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71EF8FA4" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="71EF8FA4" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w14:paraId="3396217D" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="000D0C3E" w:rsidRPr="004563F0" w14:paraId="3396217D" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4A4ACF" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="5D4A4ACF" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFCD071" w14:textId="6D0B15A5" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="0EFCD071" w14:textId="6D0B15A5" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5847" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13D5433D" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="13D5433D" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="778139DF" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="778139DF" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w14:paraId="5FE909DF" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="000D0C3E" w:rsidRPr="004563F0" w14:paraId="5FE909DF" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2821A1" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="4C2821A1" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2284" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="218F8D75" w14:textId="0624C863" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="218F8D75" w14:textId="0624C863" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5847" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B327B34" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="1B327B34" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAD281E" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="00DC058B" w:rsidRDefault="000D0C3E" w:rsidP="00714A73">
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7AAD281E" w14:textId="77777777" w:rsidR="000D0C3E" w:rsidRPr="004563F0" w:rsidRDefault="000D0C3E" w:rsidP="004563F0">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2008136A" w14:textId="49F238FD" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="00714A73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10062" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4842"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="001C61CE" w14:paraId="7AB0AD4A" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="00714A73" w:rsidRPr="004563F0" w14:paraId="7AB0AD4A" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3852BD2D" w14:textId="3AF8AA98" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0">
+            <w:r w:rsidRPr="004563F0">
               <w:t>b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3242ED34" w14:textId="32AD2AE1" w:rsidR="00714A73" w:rsidRPr="001C61CE" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="3242ED34" w14:textId="32AD2AE1" w:rsidR="00714A73" w:rsidRPr="00413570" w:rsidRDefault="00714A73" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:color w:val="595959"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Principal Raw Materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C92BF61" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="001C61CE" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="4C92BF61" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00413570" w:rsidRDefault="00714A73" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Quantity</w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Annual Quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34C4BDC3" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="001C61CE" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="34C4BDC3" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00413570" w:rsidRDefault="00714A73" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:color w:val="595959"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Units</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="00DC058B" w14:paraId="66CBD6AF" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="00714A73" w:rsidRPr="004563F0" w14:paraId="66CBD6AF" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="283F42C5" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="283F42C5" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4842" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66F4ECB6" w14:textId="59302D1B" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="66F4ECB6" w14:textId="59302D1B" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D29F3A2" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5D29F3A2" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D746ECF" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2D746ECF" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="00DC058B" w14:paraId="3786C3FB" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="00714A73" w:rsidRPr="004563F0" w14:paraId="3786C3FB" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB80B32" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="4DB80B32" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4842" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34F7EF76" w14:textId="1DF150DE" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="34F7EF76" w14:textId="1DF150DE" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="26AA4D52" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="26AA4D52" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6E651941" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="6E651941" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="00DC058B" w14:paraId="71BE3F77" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="00714A73" w:rsidRPr="004563F0" w14:paraId="71BE3F77" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12798385" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="12798385" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4842" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48194747" w14:textId="28925FFF" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="48194747" w14:textId="28925FFF" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD0597F" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="0CD0597F" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3006036D" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3006036D" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="00DC058B" w14:paraId="16DB0CB6" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="00714A73" w:rsidRPr="004563F0" w14:paraId="16DB0CB6" w14:textId="77777777" w:rsidTr="003E506C">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="429A4EF4" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="429A4EF4" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4842" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A95B463" w14:textId="5AB73C8A" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2A95B463" w14:textId="5AB73C8A" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C36130E" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="4C36130E" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5185D8CD" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00714A73">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5185D8CD" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="004563F0" w:rsidRDefault="00714A73" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C812A5C" w14:textId="16CD010F" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="00714A73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10062" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
-        <w:gridCol w:w="4860"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="9612"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00714A73" w:rsidRPr="00714A73" w14:paraId="7FFBC495" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00714A73" w14:paraId="7FFBC495" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA6937" w14:textId="5DF737B1" w:rsidR="004563F0" w:rsidRPr="00714A73" w:rsidRDefault="004563F0" w:rsidP="004563F0">
+            <w:r>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714A73">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A33448" w14:textId="5CA9711D" w:rsidR="004563F0" w:rsidRPr="00413570" w:rsidRDefault="004563F0" w:rsidP="004563F0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...110 lines deleted...]
-              <w:t>Units</w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Principal Products (list individually)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E506C" w:rsidRPr="00DC058B" w14:paraId="0E7D4887" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="0E7D4887" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="78B18C39" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00F517F4">
-[...52 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="78B18C39" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5D6FE6" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E506C" w:rsidRPr="00DC058B" w14:paraId="394F4932" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="394F4932" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77541624" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00F517F4">
-[...52 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="77541624" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE25EA2" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E506C" w:rsidRPr="00DC058B" w14:paraId="6ADF9A43" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="6ADF9A43" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="31B7E5B2" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00F517F4">
-[...52 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="31B7E5B2" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F3B208" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E506C" w:rsidRPr="00DC058B" w14:paraId="1BFC8060" w14:textId="77777777" w:rsidTr="003E506C">
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="1BFC8060" w14:textId="77777777" w:rsidTr="004563F0">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2DE5D7" w14:textId="77777777" w:rsidR="00714A73" w:rsidRPr="00DC058B" w:rsidRDefault="00714A73" w:rsidP="00F517F4">
-[...52 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="1F2DE5D7" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED7395B" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="260BE0AC" w14:textId="77777777" w:rsidTr="004563F0">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C93198" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05804CB8" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="3D88B2CB" w14:textId="77777777" w:rsidTr="004563F0">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="763FD2BD" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09848FAE" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004563F0" w:rsidRPr="00DC058B" w14:paraId="1E2D11A0" w14:textId="77777777" w:rsidTr="004563F0">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="778D8961" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDC5171" w14:textId="77777777" w:rsidR="004563F0" w:rsidRPr="00DC058B" w:rsidRDefault="004563F0" w:rsidP="004563F0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51AE6235" w14:textId="77777777" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="00714A73"/>
-    <w:p w14:paraId="2B75907B" w14:textId="12B6C1DE" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="0077182D">
+    <w:p w14:paraId="2B75907B" w14:textId="2B408FD6" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="0077182D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>What volume of product is brewed at this facility per year?</w:t>
+        <w:t>What volume of product is brewed at this facility per year</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004563F0">
+        <w:t>your most recent year’s production</w:t>
+      </w:r>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08380A57" w14:textId="1F8885E3" w:rsidR="00714A73" w:rsidRDefault="00714A73" w:rsidP="00E40256">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A939E3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="11071" w:type="dxa"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2217"/>
+        <w:gridCol w:w="303"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="1284"/>
+        <w:gridCol w:w="601"/>
+        <w:gridCol w:w="1229"/>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="1050"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A4275" w14:paraId="76CA6DF6" w14:textId="0ED09A0D" w:rsidTr="006A4275">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2217" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="300B4899" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27EFD7D7" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BECF172" w14:textId="47F89EC5" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF7706B" w14:textId="48BCD74B" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Barrels (31 gallons)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3B7881" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA06FB8" w14:textId="0C922FAB" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEABE2F" w14:textId="1A86C88B" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Gallons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="601" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="578EF0D5" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B9FA77" w14:textId="48A7887C" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bottles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B294AD" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FE9448" w14:textId="2472976B" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00872585">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5130D98B" w14:textId="0022755B" w:rsidR="006A4275" w:rsidRDefault="00872585" w:rsidP="0077182D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Does your facility have product that is produced off-site by another facility?</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
-[...54 lines deleted...]
-            <w:name w:val="Check8"/>
+            <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  No     </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check10"/>
+            <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:t xml:space="preserve">      If yes,</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3955"/>
+        <w:gridCol w:w="6475"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A4275" w14:paraId="01E27F44" w14:textId="77777777" w:rsidTr="006A4275">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="409904B2" w14:textId="5D8BAEAE" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="006A4275">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Who produces it?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4955F69B" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="006A4275">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A4275" w14:paraId="674410D4" w14:textId="77777777" w:rsidTr="006A4275">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6938F6D8" w14:textId="5C4FF1BC" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="006A4275">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>What was the most recent year’s volume?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49629D94" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="006A4275">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="628B9244" w14:textId="6AB5CBA1" w:rsidR="00E40256" w:rsidRDefault="00872585" w:rsidP="0077182D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:t>Does your facility produce products for other facilities</w:t>
+      </w:r>
       <w:r w:rsidR="00E40256">
-        <w:t>Barrels (31 gallons/barrel)</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check11"/>
+            <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00E40256">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  No     </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check11"/>
+            <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E40256" w:rsidRPr="00A939E3">
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00E40256">
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="006A4275" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4275">
+        <w:t xml:space="preserve">      If yes,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628B9244" w14:textId="0C6429A3" w:rsidR="00E40256" w:rsidRDefault="00E50687" w:rsidP="0077182D">
-[...217 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3955"/>
+        <w:gridCol w:w="6475"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A4275" w14:paraId="12E366F8" w14:textId="77777777" w:rsidTr="00376BA1">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2303D2BD" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Who produces it?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B87167" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A4275" w14:paraId="5FE1581B" w14:textId="77777777" w:rsidTr="00376BA1">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F1F6CF" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r>
+              <w:t>What was the most recent year’s volume?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35963E50" w14:textId="77777777" w:rsidR="006A4275" w:rsidRDefault="006A4275" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="5032FDFD" w14:textId="624DFE43" w:rsidR="00E40256" w:rsidRDefault="00E40256" w:rsidP="00E40256">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Facility discharges wastewater to:   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -4800,142 +4300,63 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="403314DA" id="Line 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="405.75pt,1.35pt" to="516.05pt,1.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB34bkzwQEAAGoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6921kihdeZ2D0/Ti&#10;tpaS/oAxsLuowCDAXvvfd8AfTZtb1D0gYGbevPeGXTwcrGF7FaJG1/FmVnOmnECp3dDxny9Pn+45&#10;iwmcBINOdfyoIn9YfvywmHyr5jiikSowAnGxnXzHx5R8W1VRjMpCnKFXjoI9BguJjmGoZICJ0K2p&#10;5nV9V00YpA8oVIx0+3gK8mXB73sl0o++jyox03HilsoayrrNa7VcQDsE8KMWZxrwDhYWtKOmV6hH&#10;SMB2Qb+BsloEjNinmUBbYd9roYoGUtPU/6h5HsGrooXMif5qU/x/sOL7fhOYlh2/48yBpRGttVOs&#10;ucnWTD62lLFym5DFiYN79msUvyJzuBrBDapQfDl6qmtyRfVXST5ETw220zeUlAO7hMWnQx9shiQH&#10;2KGM43gdhzokJuiyuanr+4amJi6xCtpLoQ8xfVVoWd503BDpAgz7dUyZCLSXlNzH4ZM2pkzbODZ1&#10;/PPt/LYURDRa5mBOi2HYrkxge8jvpXxFFUVepwXcOVnARgXyy3mfQJvTnpobdzYj6z85uUV53ISL&#10;STTQwvL8+PKLeX0u1X9+keVvAAAA//8DAFBLAwQUAAYACAAAACEA2K6hmN0AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCpqJ1VLFeJUCMiNCy2I6zZekoh4ncZuG/h63F7K&#10;cXZGM2/z1Wg7caDBt441JFMFgrhypuVaw/umvFuC8AHZYOeYNPyQh1VxfZVjZtyR3+iwDrWIJewz&#10;1NCE0GdS+qohi37qeuLofbnBYohyqKUZ8BjLbSdTpRbSYstxocGenhqqvtd7q8GXH7QrfyfVRH3O&#10;akfp7vn1BbW+vRkfH0AEGsMlDCf8iA5FZNq6PRsvOg3LJJnHqIb0HsTJV7M0AbE9H2SRy/8PFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd+G5M8EBAABqAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2K6hmN0AAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:r w:rsidR="0037201C">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">ity water utility billing or water meter information to answer the following questions.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05445804" w14:textId="79D54C1D" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="00E50687" w:rsidP="004D73AE">
+    <w:p w14:paraId="2A7E7B92" w14:textId="77777777" w:rsidR="00F36270" w:rsidRDefault="00E50687" w:rsidP="00F36270">
       <w:pPr>
         <w:spacing w:before="120" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00782637">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24C91448" wp14:editId="6ABD415E">
-[...78 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12B13992" wp14:editId="7981AFE7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12B13992" wp14:editId="16DA124F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3691890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>538480</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1400810" cy="0"/>
                 <wp:effectExtent l="5715" t="5080" r="12700" b="13970"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Line 15">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
@@ -4958,271 +4379,585 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4EC09EB4" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="290.7pt,42.4pt" to="401pt,42.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4uYlRwAEAAGoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG9vRptpacfaQ7faS&#10;tpF2+wMmgGNUYBCQ2Pn3HcjHbttbVR8QMDNv3nuDlw+TNeyoQtToOt7Mas6UEyi123f8x8vTh3vO&#10;YgInwaBTHT+pyB9W798tR9+qOQ5opAqMQFxsR9/xISXfVlUUg7IQZ+iVo2CPwUKiY9hXMsBI6NZU&#10;87r+WI0YpA8oVIx0+3gO8lXB73sl0ve+jyox03HilsoayrrLa7VaQrsP4ActLjTgH1hY0I6a3qAe&#10;IQE7BP0XlNUiYMQ+zQTaCvteC1U0kJqm/kPN8wBeFS1kTvQ3m+L/gxXfjtvAtOz4HWcOLI1oo51i&#10;zSJbM/rYUsbabUMWJyb37DcofkbmcD2A26tC8eXkqa7JFdVvJfkQPTXYjV9RUg4cEhafpj7YDEkO&#10;sKmM43Qbh5oSE3TZ3NX1fUNTE9dYBe210IeYvii0LG86boh0AYbjJqZMBNprSu7j8EkbU6ZtHBs7&#10;/mkxX5SCiEbLHMxpMex3axPYEfJ7KV9RRZG3aQEPThawQYH8fNkn0Oa8p+bGXczI+s9O7lCetuFq&#10;Eg20sLw8vvxi3p5L9esvsvoFAAD//wMAUEsDBBQABgAIAAAAIQCqBsSG3QAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuE0tXxlSVphMCeuPCYOLqNaataJyuybbC02PEAY62&#10;P/3+/mI9uV4daQydZwOLeQKKuPa248bA60t1lYEKEdli75kMfFKAdXl+VmBu/Ymf6biJjZIQDjka&#10;aGMccq1D3ZLDMPcDsdze/egwyjg22o54knDX6zRJVtphx/KhxYHuW6o/NgdnIFRb2ldfs3qWvF03&#10;ntL9w9MjGnN5Md3dgoo0xT8YfvRFHUpx2vkD26B6AzfZYimogWwpFQTIklTK7X4Xuiz0/wblNwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4uYlRwAEAAGoDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqBsSG3QAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;ABoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;"/>
+              <v:line w14:anchorId="3F8DAAC1" id="Line 15" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="290.7pt,42.4pt" to="401pt,42.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVra1BrwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDdeiMOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lJWmy3YT4Ikkg+vfdIr+6OkxMHQ2zRd7JZ1FIYr1BbP3Ty5/PDh1sp&#10;OILX4NCbTp4My7v1+3erObRmiSM6bUgkEM/tHDo5xhjaqmI1mgl4gcH4FOyRJojpSEOlCeaEPrlq&#10;WdefqhlJB0JlmNPt/UtQrgt+3xsVf/Q9myhcJxO3WFYq6y6v1XoF7UAQRqvONOAfWExgfXr0CnUP&#10;EcSe7F9Qk1WEjH1cKJwq7HurTNGQ1DT1H2qeRgimaEnmcLjaxP8PVn0/bPyWMnV19E/hEdUvFh43&#10;I/jBFALPp5Aa12Srqjlwey3JBw5bErv5G+qUA/uIxYVjT1OGTPrEsZh9upptjlGodNl8rOvbJvVE&#10;XWIVtJfCQBy/GpxE3nTSWZ99gBYOjxwzEWgvKfna44N1rvTSeTF38vPN8qYUMDqrczCnMQ27jSNx&#10;gDwN5SuqUuRtGuHe6wI2GtBfzvsI1r3s0+POn83I+vOwcbtDfdrSxaTUrsLyPFp5Ht6eS/XrD7D+&#10;DQAA//8DAFBLAwQUAAYACAAAACEAqgbEht0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkLhNLV8ZUlaYTAnrjwmDi6jWmrWicrsm2wtNjxAGOtj/9/v5iPbleHWkMnWcDi3kC&#10;irj2tuPGwOtLdZWBChHZYu+ZDHxSgHV5flZgbv2Jn+m4iY2SEA45GmhjHHKtQ92SwzD3A7Hc3v3o&#10;MMo4NtqOeJJw1+s0SVbaYcfyocWB7luqPzYHZyBUW9pXX7N6lrxdN57S/cPTIxpzeTHd3YKKNMU/&#10;GH70RR1Kcdr5A9ugegM32WIpqIFsKRUEyJJUyu1+F7os9P8G5TcAAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA1a2tQa8BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAqgbEht0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t>If this information is not obtainable, please estimate the facility’s water usage and volumes.</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:br/>
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidR="00E40256">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Incoming water volume (city and well) per year, in gallons: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text44"/>
+      <w:bookmarkStart w:id="10" w:name="Text44"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:br/>
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidR="00E40256">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Incoming water determination method:      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Check50"/>
+      <w:bookmarkStart w:id="11" w:name="Check50"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> water bill(s)</w:t>
       </w:r>
       <w:r w:rsidR="004D73AE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Check51"/>
+      <w:bookmarkStart w:id="12" w:name="Check51"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> water meter readings    </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check51"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> estimate</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:br/>
-        <w:t xml:space="preserve">c. Does this total include water for lawn irrigation?      </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="Check55"/>
+        <w:t xml:space="preserve">c. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36270">
+        <w:t xml:space="preserve">Does this total include water lost to product? </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check55"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  No     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check54"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00F36270" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">  Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51575C04" w14:textId="77777777" w:rsidR="00F36270" w:rsidRPr="00A939E3" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00782637">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F9E45C2" wp14:editId="25E71F7C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1828800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>238125</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1098550" cy="0"/>
+                <wp:effectExtent l="12700" t="10160" r="12700" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1417848336" name="Line 8">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1098550" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="04BA2E87" id="Line 8" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251678208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="2in,18.75pt" to="230.5pt,18.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCu9sxgrwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YCZGiNOD2k6y7d&#10;FqDtBzCSHAuVRYFUYufvJ6lJWmy3YT4Ikkg+vfdIr+6mwYmjIbboWzmf1VIYr1Bbv2/ly/PDlxsp&#10;OILX4NCbVp4My7v150+rMTRmgT06bUgkEM/NGFrZxxiaqmLVmwF4hsH4FOyQBojpSPtKE4wJfXDV&#10;oq6/ViOSDoTKMKfb+7egXBf8rjMq/uo6NlG4ViZusaxU1l1eq/UKmj1B6K0604B/YDGA9enRK9Q9&#10;RBAHsn9BDVYRMnZxpnCosOusMkVDUjOv/1Dz1EMwRUsyh8PVJv5/sOrnceO3lKmryT+FR1SvLDxu&#10;evB7Uwg8n0Jq3DxbVY2Bm2tJPnDYktiNP1CnHDhELC5MHQ0ZMukTUzH7dDXbTFGodDmvb2+Wy9QT&#10;dYlV0FwKA3H8bnAQedNKZ332ARo4PnLMRKC5pORrjw/WudJL58XYytvlYlkKGJ3VOZjTmPa7jSNx&#10;hDwN5SuqUuRjGuHB6wLWG9DfzvsI1r3t0+POn83I+vOwcbNDfdrSxaTUrsLyPFp5Hj6eS/X7D7D+&#10;DQAA//8DAFBLAwQUAAYACAAAACEA8UNGtd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIXCrqNIUShTgVAnLjQgFx3cZLEhGv09htA1/PIg5w3NnRzJtiPbleHWgMnWcDi3kC&#10;irj2tuPGwMtzdZGBChHZYu+ZDHxSgHV5elJgbv2Rn+iwiY2SEA45GmhjHHKtQ92SwzD3A7H83v3o&#10;MMo5NtqOeJRw1+s0SVbaYcfS0OJAdy3VH5u9MxCqV9pVX7N6lrwtG0/p7v7xAY05P5tub0BFmuKf&#10;GX7wBR1KYdr6PdugegNplsmWaGB5fQVKDJerhQjbX0GXhf6/oPwGAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEArvbMYK8BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA8UNGtd0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">    If yes, e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">stimated </w:t>
+      </w:r>
+      <w:r>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">olume: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FE8A81" w14:textId="69357915" w:rsidR="00F36270" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t>Does this total include water for lawn irrigation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or outdoor use</w:t>
+      </w:r>
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">?      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Check55"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No     </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Check54"/>
+      <w:bookmarkStart w:id="14" w:name="Check54"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve">  Yes,   Estimated Volume: </w:t>
+        <w:t xml:space="preserve">  Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05445804" w14:textId="6BD26004" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00782637">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76CDAA93" wp14:editId="32E7EE89">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1828800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>238125</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1098550" cy="0"/>
+                <wp:effectExtent l="12700" t="10160" r="12700" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Line 8">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1098550" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="32BC250B" id="Line 8" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251676160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="2in,18.75pt" to="230.5pt,18.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCu9sxgrwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YCZGiNOD2k6y7d&#10;FqDtBzCSHAuVRYFUYufvJ6lJWmy3YT4Ikkg+vfdIr+6mwYmjIbboWzmf1VIYr1Bbv2/ly/PDlxsp&#10;OILX4NCbVp4My7v150+rMTRmgT06bUgkEM/NGFrZxxiaqmLVmwF4hsH4FOyQBojpSPtKE4wJfXDV&#10;oq6/ViOSDoTKMKfb+7egXBf8rjMq/uo6NlG4ViZusaxU1l1eq/UKmj1B6K0604B/YDGA9enRK9Q9&#10;RBAHsn9BDVYRMnZxpnCosOusMkVDUjOv/1Dz1EMwRUsyh8PVJv5/sOrnceO3lKmryT+FR1SvLDxu&#10;evB7Uwg8n0Jq3DxbVY2Bm2tJPnDYktiNP1CnHDhELC5MHQ0ZMukTUzH7dDXbTFGodDmvb2+Wy9QT&#10;dYlV0FwKA3H8bnAQedNKZ332ARo4PnLMRKC5pORrjw/WudJL58XYytvlYlkKGJ3VOZjTmPa7jSNx&#10;hDwN5SuqUuRjGuHB6wLWG9DfzvsI1r3t0+POn83I+vOwcbNDfdrSxaTUrsLyPFp5Hj6eS/X7D7D+&#10;DQAA//8DAFBLAwQUAAYACAAAACEA8UNGtd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIXCrqNIUShTgVAnLjQgFx3cZLEhGv09htA1/PIg5w3NnRzJtiPbleHWgMnWcDi3kC&#10;irj2tuPGwMtzdZGBChHZYu+ZDHxSgHV5elJgbv2Rn+iwiY2SEA45GmhjHHKtQ92SwzD3A7H83v3o&#10;MMo5NtqOeJRw1+s0SVbaYcfS0OJAdy3VH5u9MxCqV9pVX7N6lrwtG0/p7v7xAY05P5tub0BFmuKf&#10;GX7wBR1KYdr6PdugegNplsmWaGB5fQVKDJerhQjbX0GXhf6/oPwGAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEArvbMYK8BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA8UNGtd0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">    If yes, e</w:t>
+      </w:r>
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">stimated </w:t>
+      </w:r>
+      <w:r>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">olume: </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
@@ -5230,126 +4965,128 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA0A8F9" w14:textId="77777777" w:rsidR="00510650" w:rsidRDefault="00510650">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="40E3F590" w14:textId="1F836AB0" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00510650">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:lastRenderedPageBreak/>
-        <w:t>Indicate all types of discharges to the sanitary sewer and their respective volumes:</w:t>
+        <w:t xml:space="preserve">Indicate all types of discharges to the sanitary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t>sewer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve"> and their respective volumes:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="5146"/>
         <w:gridCol w:w="1676"/>
         <w:gridCol w:w="3016"/>
       </w:tblGrid>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="09052C78" w14:textId="77777777" w:rsidTr="00236088">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="20" w:name="Check56"/>
+          <w:bookmarkStart w:id="15" w:name="Check56"/>
           <w:p w14:paraId="04507334" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1D6035DC" w14:textId="0812DF03" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sanitary waste from employees</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004D73AE">
               <w:rPr>
@@ -5385,51 +5122,51 @@
               <w:t xml:space="preserve">Volume </w:t>
             </w:r>
             <w:r w:rsidR="00236088" w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gallons/year</w:t>
             </w:r>
             <w:r w:rsidR="00236088" w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="21" w:name="Text57"/>
+        <w:bookmarkStart w:id="16" w:name="Text57"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3016" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65D3CA4F" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5450,51 +5187,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="6EADE463" w14:textId="77777777" w:rsidTr="00236088">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="84"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26879D0F" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="004D73AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5526,92 +5263,92 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03910D0A" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="22" w:name="Check57"/>
+      <w:bookmarkStart w:id="17" w:name="Check57"/>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="2309122B" w14:textId="77777777" w:rsidTr="00236088">
         <w:trPr>
           <w:trHeight w:val="730"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="201FAD2B" w14:textId="35CB71C3" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1E6ED5B8" w14:textId="51844212" w:rsidR="00236088" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Non-contact cooling water </w:t>
             </w:r>
             <w:r w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5629,153 +5366,153 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>no contact with raw materials, parts, or products)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D6F3D5" w14:textId="2318F5D0" w:rsidR="00236088" w:rsidRPr="00236088" w:rsidRDefault="00236088" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="23" w:name="Check52"/>
+          <w:bookmarkStart w:id="18" w:name="Check52"/>
           <w:p w14:paraId="776B5321" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> Once-through      </w:t>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Check53"/>
+            <w:bookmarkStart w:id="19" w:name="Check53"/>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> Re-circulated/Reused</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B611897" w14:textId="026604A4" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">Volume </w:t>
             </w:r>
             <w:r w:rsidR="00236088" w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gallons/year</w:t>
             </w:r>
             <w:r w:rsidR="00236088" w:rsidRPr="00236088">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="25" w:name="Text58"/>
+        <w:bookmarkStart w:id="20" w:name="Text58"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3016" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06F93F96" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00236088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5796,51 +5533,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="7C2AF92C" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="253"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E0AC9B3" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="004D73AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5876,129 +5613,129 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53FE0EA3" w14:textId="77777777" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="004D73AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="780C1010" w14:textId="77777777" w:rsidR="004D73AE" w:rsidRPr="004D73AE" w:rsidRDefault="004D73AE" w:rsidP="004D73AE"/>
           <w:p w14:paraId="4E4674E9" w14:textId="77777777" w:rsidR="004D73AE" w:rsidRPr="004D73AE" w:rsidRDefault="004D73AE" w:rsidP="004D73AE"/>
           <w:p w14:paraId="1A47060A" w14:textId="77777777" w:rsidR="004D73AE" w:rsidRPr="004D73AE" w:rsidRDefault="004D73AE" w:rsidP="004D73AE"/>
           <w:p w14:paraId="259C6713" w14:textId="7FFFFAD7" w:rsidR="004D73AE" w:rsidRPr="004D73AE" w:rsidRDefault="004D73AE" w:rsidP="004D73AE"/>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="26" w:name="Check58"/>
+      <w:bookmarkStart w:id="21" w:name="Check58"/>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="79315086" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="936"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A612CF" w14:textId="385F8375" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00EC6F6C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9838" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="259E3146" w14:textId="202EFA81" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="004D73AE">
+          <w:p w14:paraId="259E3146" w14:textId="5111F9B3" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="004D73AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Any other discharge to the sewer</w:t>
             </w:r>
             <w:r w:rsidR="0077182D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D251C1">
-[...3 lines deleted...]
-              <w:t>–</w:t>
+            <w:r w:rsidR="00F36270" w:rsidRPr="00F36270">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A70B0E">
-              <w:t>D</w:t>
+            <w:r w:rsidR="00F36270">
+              <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t>escribe the sources and their respective volumes in the spaces below</w:t>
             </w:r>
             <w:r w:rsidR="0077182D">
               <w:t>. T</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t>his includes, but is not limited to</w:t>
             </w:r>
             <w:r w:rsidR="00A70B0E">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> floor &amp; equipment washing, vehicle washing, general sanitizing, contact cooling water, manufacturing/processing, food preparation, any product/chemical disposal, etc</w:t>
             </w:r>
             <w:r w:rsidR="0077182D">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14681D1B" w14:textId="54A05308" w:rsidR="004D73AE" w:rsidRPr="00D251C1" w:rsidRDefault="004D73AE" w:rsidP="004D73AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
@@ -6046,1596 +5783,870 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="059B309C" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA48DF7" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="2DA48DF7" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00413570" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D251C1">
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
               </w:rPr>
               <w:t>Description of Discharge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE7068A" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="1CE7068A" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00413570" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D251C1">
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...30 lines deleted...]
-              <w:t>)</w:t>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+              </w:rPr>
+              <w:t>Volume (gallons/year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F28C62" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="65F28C62" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00413570" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D251C1">
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413570">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
               </w:rPr>
               <w:t>Volume Determination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510650" w:rsidRPr="0077182D" w14:paraId="74C187D6" w14:textId="77777777" w:rsidTr="00D72AC1">
+      <w:tr w:rsidR="00510650" w:rsidRPr="0077182D" w14:paraId="74C187D6" w14:textId="77777777" w:rsidTr="00F36270">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20DDB110" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73DE70ED" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="73DE70ED" w14:textId="3ABE6D19" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Ex1:  Floor scrubber water from production area</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex1: Floor scrubber water from production area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="379F2431" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="379F2431" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5,200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F3C3B72" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="6F3C3B72" w14:textId="39A51E7F" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">50 gal, 2x week, 52 weeks/ yr </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50 gal, 2x week, 52 weeks/ yr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510650" w:rsidRPr="0077182D" w14:paraId="0D0CBF04" w14:textId="77777777" w:rsidTr="00D72AC1">
+      <w:tr w:rsidR="00510650" w:rsidRPr="0077182D" w14:paraId="0D0CBF04" w14:textId="77777777" w:rsidTr="00F36270">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F850DA9" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6E69DC0A" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="6E69DC0A" w14:textId="0E8FB925" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">Ex2:  Process equipment </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex2:  Process equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B6F0E" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="6E2B6F0E" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>117,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13505D02" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="0077182D" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="13505D02" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00F36270" w:rsidRDefault="00510650" w:rsidP="00F36270">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0077182D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F36270">
               <w:rPr>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 gal/min, 90min/day</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510650" w:rsidRPr="00D251C1" w14:paraId="54F8DEDE" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D08B327" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11CDA993" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="11CDA993" w14:textId="412A4457" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">1. </w:t>
-            </w:r>
-[...47 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19EF2E0B" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="19EF2E0B" w14:textId="71675B5B" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="07C613F9" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="07C613F9" w14:textId="2787D3A3" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510650" w:rsidRPr="00D251C1" w14:paraId="2979C434" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A8AD951" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6BBFDD21" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="6BBFDD21" w14:textId="0D8C9FB1" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">2. </w:t>
-            </w:r>
-[...47 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A9319A0" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="3A9319A0" w14:textId="2528A141" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="384AD27D" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="384AD27D" w14:textId="20CEDD46" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510650" w:rsidRPr="00D251C1" w14:paraId="286E4A08" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F68BA9C" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCBC399" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="2FCBC399" w14:textId="66D6F3DC" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">3. </w:t>
-            </w:r>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="371B7EA7" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="371B7EA7" w14:textId="22BF035F" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34D69DBE" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="34D69DBE" w14:textId="3B0B7DBA" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510650" w:rsidRPr="00D251C1" w14:paraId="152118DF" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A1ADDBD" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="63B9646A" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="63B9646A" w14:textId="5F561F5A" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">4. </w:t>
-            </w:r>
-[...47 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4E1EA8" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="5A4E1EA8" w14:textId="14F1154D" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01FAFF4F" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="01FAFF4F" w14:textId="42E3245C" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510650" w:rsidRPr="00D251C1" w14:paraId="3C192E45" w14:textId="77777777" w:rsidTr="00510650">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31C3EC12" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44443CD7" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="44443CD7" w14:textId="05FDB723" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve">5. </w:t>
-            </w:r>
-[...47 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08DED6D4" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="08DED6D4" w14:textId="7FCAF0E1" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67E44ADF" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
+          <w:p w14:paraId="67E44ADF" w14:textId="1EF6A475" w:rsidR="00510650" w:rsidRPr="00D251C1" w:rsidRDefault="00510650" w:rsidP="00F517F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0648E101" w14:textId="77777777" w:rsidR="00510650" w:rsidRPr="00EE4382" w:rsidRDefault="00510650" w:rsidP="001863A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71FEC204" w14:textId="11CD7F50" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="004A0779">
+    <w:p w14:paraId="71FEC204" w14:textId="5DABEFBB" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="004A0779">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve">Are bulk chemicals received or stored at this facility?   </w:t>
+        <w:t xml:space="preserve">Are chemicals </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27AD3">
+        <w:t xml:space="preserve">in quantities greater than five gallons </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">received or stored at this facility?   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No   </w:t>
@@ -8091,50 +7102,51 @@
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245DF45E" w14:textId="221D40DF" w:rsidR="004A0779" w:rsidRPr="00A939E3" w:rsidRDefault="004A0779" w:rsidP="004A0779">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Does this facility haul any wastewater off site for disposal?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
@@ -8196,1449 +7208,727 @@
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4403"/>
         <w:gridCol w:w="5839"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D54EE" w14:paraId="3A7DE83A" w14:textId="77777777" w:rsidTr="001C61CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="112DC549" w14:textId="028763C4" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>What hauler transports the waste?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23F649E7" w14:textId="77777777" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D54EE" w14:paraId="4C52E3D5" w14:textId="77777777" w:rsidTr="001C61CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B42D396" w14:textId="093B4632" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Where is the waste hauled to?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DBBE528" w14:textId="77777777" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D54EE" w14:paraId="6C12ACDE" w14:textId="77777777" w:rsidTr="001C61CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22FB33FA" w14:textId="7F62ABDA" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>What is the estimated volume of waste hauled?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A05D03E" w14:textId="77777777" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="001C61CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AD089B0" w14:textId="6DD04E2E" w:rsidR="001C61CE" w:rsidRDefault="00E50687" w:rsidP="00510650">
+    <w:p w14:paraId="1AD089B0" w14:textId="5820E5CF" w:rsidR="001C61CE" w:rsidRDefault="001C61CE" w:rsidP="00510650">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...80 lines deleted...]
-      <w:r w:rsidR="001C61CE">
         <w:t>Are there any specific issues/circumstances regarding your facility that you would like to explain?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0A7CEB" w14:textId="2D3651EF" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="00510650">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F36270" w14:paraId="29465572" w14:textId="77777777" w:rsidTr="00F36270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77198669" w14:textId="77777777" w:rsidR="00F36270" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F36270" w14:paraId="214B5A43" w14:textId="77777777" w:rsidTr="00F36270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A48AE17" w14:textId="77777777" w:rsidR="00F36270" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F36270" w14:paraId="3DF03869" w14:textId="77777777" w:rsidTr="00F36270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D26EC4" w14:textId="77777777" w:rsidR="00F36270" w:rsidRDefault="00F36270" w:rsidP="00F36270">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE7F83" w14:paraId="675364C4" w14:textId="77777777" w:rsidTr="00F36270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147BAAC8" w14:textId="77777777" w:rsidR="00FE7F83" w:rsidRDefault="00FE7F83" w:rsidP="00F36270">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E0A7CEB" w14:textId="1DA2139F" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
+      <w:pPr>
+        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00D87680">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Contact information for person completing this survey</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7F83">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10476" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1566"/>
         <w:gridCol w:w="4482"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="3438"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D54EE" w:rsidRPr="00D251C1" w14:paraId="35EF7C53" w14:textId="77777777" w:rsidTr="003D54EE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73674FDC" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="73674FDC" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Name (print):</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="27" w:name="Text207"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6F9AF0" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5D6F9AF0" w14:textId="770FD778" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6552107C" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6552107C" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="28" w:name="Text208"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="184F5152" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="184F5152" w14:textId="7DAE7784" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D54EE" w:rsidRPr="00D251C1" w14:paraId="3A688E1C" w14:textId="77777777" w:rsidTr="003D54EE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3F814535" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3F814535" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="29" w:name="Text211"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48DFEA" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5D48DFEA" w14:textId="35CA14EC" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04762C25" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="04762C25" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="30" w:name="Text212"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44884269" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="44884269" w14:textId="292C0C4C" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D54EE" w:rsidRPr="00D251C1" w14:paraId="5C317DE2" w14:textId="77777777" w:rsidTr="003D54EE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="530"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5820AB73" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5820AB73" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="31" w:name="Text209"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="785E4E77" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="785E4E77" w14:textId="2491852B" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="596B3748" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="596B3748" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83">
+            <w:r w:rsidRPr="00D251C1">
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="32" w:name="Text210"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0134A884" w14:textId="77777777" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="003D54EE">
-[...87 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="0134A884" w14:textId="19E09781" w:rsidR="003D54EE" w:rsidRPr="00D251C1" w:rsidRDefault="003D54EE" w:rsidP="00FE7F83"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71B72E34" w14:textId="1193A577" w:rsidR="001863A6" w:rsidRPr="0049558C" w:rsidRDefault="001863A6" w:rsidP="0037201C">
+    <w:p w14:paraId="71B72E34" w14:textId="1193A577" w:rsidR="001863A6" w:rsidRPr="00FE7F83" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
-        <w:spacing w:before="720"/>
+        <w:spacing w:before="720" w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049558C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00FE7F83">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">Return this completed survey </w:t>
       </w:r>
-      <w:r w:rsidR="003E5A70">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003E5A70" w:rsidRPr="00FE7F83">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>using</w:t>
       </w:r>
-      <w:r w:rsidRPr="0049558C">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> of the following methods:</w:t>
+      <w:r w:rsidRPr="00FE7F83">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one of the following methods:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7463CC" w14:textId="67AE9CD6" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="0049558C">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1B7463CC" w14:textId="67AE9CD6" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
+      <w:r w:rsidRPr="00FE7F83">
+        <w:t>Mail</w:t>
+      </w:r>
       <w:r w:rsidRPr="005C0081">
         <w:rPr>
-          <w:b/>
           <w:color w:val="002060"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Mail:</w:t>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="005C0081">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2559F5" w14:textId="7F0C3B8D" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="0049558C">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B2559F5" w14:textId="0FA3CBE3" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
       <w:r w:rsidRPr="005C0081">
-        <w:rPr>
-[...11 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="003E5A70">
-[...5 lines deleted...]
-        <w:t>WPP</w:t>
+      <w:r w:rsidR="00FC4243">
+        <w:t>ndustrial Waste &amp; Pollution Prevention</w:t>
       </w:r>
       <w:r w:rsidRPr="005C0081">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC7B57B" w14:textId="77777777" w:rsidR="003E5A70" w:rsidRDefault="001863A6" w:rsidP="0049558C">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7AC7B57B" w14:textId="2122389A" w:rsidR="003E5A70" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
       <w:r w:rsidRPr="005C0081">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:tab/>
+        <w:t>390 Robert Street</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7F83">
+        <w:t xml:space="preserve"> North</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F8E578" w14:textId="1411CA1F" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="003E5A70" w:rsidP="00FE7F83">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001863A6" w:rsidRPr="005C0081">
+        <w:t>St. Paul, MN 55101-1805</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618801C9" w14:textId="251A22D6" w:rsidR="001863A6" w:rsidRPr="00FE7F83" w:rsidRDefault="001863A6" w:rsidP="00FE7F83">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7F83">
+        <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidRPr="005C0081">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0081">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0081">
         <w:tab/>
-        <w:t>390 Robert Street North</w:t>
-[...91 lines deleted...]
-        <w:r w:rsidRPr="002D76CE">
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00FE7F83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>iwpp@metc.state.mn.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39B96A04" w14:textId="6C376B3E" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="0049558C">
+    <w:p w14:paraId="3D2F52B2" w14:textId="5B845419" w:rsidR="00FE7F83" w:rsidRPr="005C0081" w:rsidRDefault="00FE7F83" w:rsidP="00FE7F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
-        <w:spacing w:before="240"/>
-        <w:ind w:left="360"/>
+        <w:spacing w:before="240" w:after="3240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D76CE">
-[...30 lines deleted...]
-        <w:t>(651) 602-4730</w:t>
+      <w:r w:rsidRPr="00FC4243">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(You may wish to retain a copy for your records)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1924E7CF" w14:textId="0BC2F66B" w:rsidR="00723188" w:rsidRPr="0049558C" w:rsidRDefault="0049558C" w:rsidP="0049558C">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2785"/>
+        <w:gridCol w:w="3440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A36F2" w:rsidRPr="005A36F2" w14:paraId="61232728" w14:textId="77777777" w:rsidTr="005A36F2">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="561DC9B1" w14:textId="66057E1B" w:rsidR="005A36F2" w:rsidRPr="005A36F2" w:rsidRDefault="005A36F2" w:rsidP="00FE7F83">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>ffice use only</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E4E6EA" w14:textId="567B5FF9" w:rsidR="005A36F2" w:rsidRPr="005A36F2" w:rsidRDefault="005A36F2" w:rsidP="00FE7F83">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received ________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="107B8178" w14:textId="1A87E492" w:rsidR="005A36F2" w:rsidRPr="005A36F2" w:rsidRDefault="005A36F2" w:rsidP="00FE7F83">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A36F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1924E7CF" w14:textId="7695087E" w:rsidR="00723188" w:rsidRPr="00FE7F83" w:rsidRDefault="00723188" w:rsidP="00FE7F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00723188" w:rsidRPr="0049558C" w:rsidSect="004D73AE">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="00723188" w:rsidRPr="00FE7F83" w:rsidSect="004D73AE">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74663043" w14:textId="77777777" w:rsidR="00CA63F4" w:rsidRDefault="00CA63F4" w:rsidP="00812094">
+    <w:p w14:paraId="6981D7EC" w14:textId="77777777" w:rsidR="00DB5344" w:rsidRDefault="00DB5344" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="047F8E9F" w14:textId="77777777" w:rsidR="00CA63F4" w:rsidRDefault="00CA63F4" w:rsidP="00812094">
+    <w:p w14:paraId="432C78A8" w14:textId="77777777" w:rsidR="00DB5344" w:rsidRDefault="00DB5344" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9661,157 +7951,157 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7CEDC137" w14:textId="69AD8B01" w:rsidR="00D73EED" w:rsidRPr="00D73EED" w:rsidRDefault="00D73EED" w:rsidP="00D73EED">
+  <w:p w14:paraId="7CEDC137" w14:textId="69AD8B01" w:rsidR="00D73EED" w:rsidRPr="00413570" w:rsidRDefault="00D73EED" w:rsidP="00D73EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D73EED">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>W</w:t>
     </w:r>
-    <w:r w:rsidR="003E5A70">
+    <w:r w:rsidR="003E5A70" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">aste </w:t>
     </w:r>
-    <w:r w:rsidRPr="00D73EED">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
-    <w:r w:rsidR="003E5A70">
+    <w:r w:rsidR="003E5A70" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ischarge </w:t>
     </w:r>
-    <w:r w:rsidRPr="00D73EED">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
-    <w:r w:rsidR="003E5A70">
+    <w:r w:rsidR="003E5A70" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>urvey Microb</w:t>
     </w:r>
-    <w:r w:rsidR="004D73AE">
+    <w:r w:rsidR="004D73AE" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>rew</w:t>
     </w:r>
-    <w:r w:rsidR="003E5A70">
+    <w:r w:rsidR="003E5A70" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ery-Brewpub</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D73EED">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
-    <w:r w:rsidR="00F750C0">
+    <w:r w:rsidR="00F750C0" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="003E5A70">
+    <w:r w:rsidR="003E5A70" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="481A4980" w14:textId="77777777" w:rsidR="00D73EED" w:rsidRDefault="00D73EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -9870,87 +8160,87 @@
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="33828A58" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1597358F" w14:textId="6C34EE71" w:rsidR="007C3071" w:rsidRPr="00E468EF" w:rsidRDefault="007C3071" w:rsidP="00E468EF">
+  <w:p w14:paraId="1597358F" w14:textId="6C34EE71" w:rsidR="007C3071" w:rsidRPr="00413570" w:rsidRDefault="007C3071" w:rsidP="00E468EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E468EF">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>WDS</w:t>
     </w:r>
-    <w:r w:rsidR="002C1F1E">
+    <w:r w:rsidR="002C1F1E" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-Brew</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E468EF">
+    <w:r w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-201</w:t>
     </w:r>
-    <w:r w:rsidR="002C1F1E">
+    <w:r w:rsidR="002C1F1E" w:rsidRPr="00413570">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="64EE6E30" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -10010,58 +8300,58 @@
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2A060CF8" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2801BCFC" w14:textId="77777777" w:rsidR="00CA63F4" w:rsidRDefault="00CA63F4" w:rsidP="00812094">
+    <w:p w14:paraId="22890185" w14:textId="77777777" w:rsidR="00DB5344" w:rsidRDefault="00DB5344" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="730F827D" w14:textId="77777777" w:rsidR="00CA63F4" w:rsidRDefault="00CA63F4" w:rsidP="00812094">
+    <w:p w14:paraId="545C53D3" w14:textId="77777777" w:rsidR="00DB5344" w:rsidRDefault="00DB5344" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B138B4F" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071" w:rsidP="004456EA">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Wastewater Discharge Survey</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07D40043" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -11350,158 +9640,188 @@
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1579169891">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="353729021">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2067877892">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="583690906">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2135322359">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1440"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350E73"/>
     <w:rsid w:val="0000559D"/>
     <w:rsid w:val="00031DCB"/>
     <w:rsid w:val="000C6ADB"/>
     <w:rsid w:val="000D0C3E"/>
     <w:rsid w:val="000D0EC7"/>
     <w:rsid w:val="00133127"/>
     <w:rsid w:val="00141436"/>
     <w:rsid w:val="00163C49"/>
+    <w:rsid w:val="00166471"/>
     <w:rsid w:val="001863A6"/>
     <w:rsid w:val="001A0B20"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001C61CE"/>
     <w:rsid w:val="001F75B6"/>
+    <w:rsid w:val="00213145"/>
     <w:rsid w:val="00226CF8"/>
     <w:rsid w:val="00236088"/>
     <w:rsid w:val="002766C1"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="002C1F1E"/>
     <w:rsid w:val="002D55D1"/>
     <w:rsid w:val="00312331"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="00350E73"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="0037201C"/>
+    <w:rsid w:val="003B084E"/>
     <w:rsid w:val="003D54EE"/>
     <w:rsid w:val="003E506C"/>
     <w:rsid w:val="003E5A70"/>
+    <w:rsid w:val="00413570"/>
     <w:rsid w:val="004456EA"/>
+    <w:rsid w:val="004563F0"/>
     <w:rsid w:val="0049558C"/>
     <w:rsid w:val="004A0779"/>
     <w:rsid w:val="004D73AE"/>
     <w:rsid w:val="004E2B59"/>
     <w:rsid w:val="004E5C5E"/>
     <w:rsid w:val="00510650"/>
+    <w:rsid w:val="00541E62"/>
     <w:rsid w:val="005658B6"/>
     <w:rsid w:val="00566FB0"/>
+    <w:rsid w:val="00570CC6"/>
+    <w:rsid w:val="005A36F2"/>
     <w:rsid w:val="005F3DDF"/>
+    <w:rsid w:val="00612FC9"/>
     <w:rsid w:val="00644DB7"/>
+    <w:rsid w:val="006A4275"/>
     <w:rsid w:val="006F0FB9"/>
     <w:rsid w:val="00714A73"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="0077182D"/>
     <w:rsid w:val="007C3071"/>
     <w:rsid w:val="007D2F39"/>
     <w:rsid w:val="007E513E"/>
+    <w:rsid w:val="00810E9E"/>
     <w:rsid w:val="00812094"/>
+    <w:rsid w:val="00847B96"/>
+    <w:rsid w:val="00872585"/>
     <w:rsid w:val="00874AA1"/>
+    <w:rsid w:val="009358E7"/>
     <w:rsid w:val="00956585"/>
+    <w:rsid w:val="00963E06"/>
     <w:rsid w:val="00965D5F"/>
+    <w:rsid w:val="009A7390"/>
+    <w:rsid w:val="009E0C5A"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A27AD3"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A70B0E"/>
     <w:rsid w:val="00A72F4A"/>
     <w:rsid w:val="00A939E3"/>
     <w:rsid w:val="00AB356C"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AF1227"/>
     <w:rsid w:val="00B06338"/>
     <w:rsid w:val="00B56F7A"/>
+    <w:rsid w:val="00B6658B"/>
+    <w:rsid w:val="00B84E4D"/>
     <w:rsid w:val="00BC3665"/>
+    <w:rsid w:val="00C0551C"/>
+    <w:rsid w:val="00C13A88"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00CA63F4"/>
+    <w:rsid w:val="00CC780C"/>
     <w:rsid w:val="00CF1369"/>
     <w:rsid w:val="00CF5938"/>
     <w:rsid w:val="00D251C1"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D72AC1"/>
     <w:rsid w:val="00D73EED"/>
+    <w:rsid w:val="00D919C6"/>
+    <w:rsid w:val="00DA6054"/>
+    <w:rsid w:val="00DB5344"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00DE2E5D"/>
     <w:rsid w:val="00E40256"/>
     <w:rsid w:val="00E468EF"/>
     <w:rsid w:val="00E50687"/>
     <w:rsid w:val="00EB1B8E"/>
     <w:rsid w:val="00EB61AC"/>
     <w:rsid w:val="00EC6F6C"/>
+    <w:rsid w:val="00F36270"/>
     <w:rsid w:val="00F750C0"/>
     <w:rsid w:val="00F774BE"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FB26D7"/>
+    <w:rsid w:val="00FC4243"/>
     <w:rsid w:val="00FD63B8"/>
     <w:rsid w:val="00FD65E7"/>
+    <w:rsid w:val="00FE7F83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="32C272EB"/>
@@ -11917,62 +10237,62 @@
     <w:qFormat/>
     <w:rsid w:val="00965D5F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00723188"/>
+    <w:rsid w:val="003B084E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
+      <w:spacing w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
-      <w:sz w:val="26"/>
+      <w:smallCaps/>
+      <w:color w:val="005DAA"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
@@ -12052,57 +10372,57 @@
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00965D5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00723188"/>
+    <w:rsid w:val="003B084E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-      <w:b/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
-      <w:sz w:val="26"/>
+      <w:smallCaps/>
+      <w:color w:val="005DAA"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D47A4F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47A4F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -12363,51 +10683,51 @@
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="000D0C3E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///U:\projects\Forms\2013Forms\WDS.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -12665,96 +10985,551 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2025-09-05T20:55:31.567Z"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DEF43A5EEDA7346839AA15369B58478" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05a98f438f68ea672a764ce5b8bec623">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xmlns:ns4="de73edb4-6766-4815-9b9f-1ecc03c96cc6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9687a56709f08ef9d24b52906e6ad6b9" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:import namespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:Form_x0020_Category" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:Permit_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Internal_x002f_External_x0020_Use" minOccurs="0"/>
+                <xsd:element ref="ns4:Published_x0020_to_x0020_Website_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns4:Last_x0020_Updated_x0020_Date"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="9" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="10" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="11" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Form_x0020_Category" ma:index="12" nillable="true" ma:displayName="Form Type" ma:default="-" ma:format="Dropdown" ma:internalName="Form_x0020_Category">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Application"/>
+          <xsd:enumeration value="Approval Request"/>
+          <xsd:enumeration value="Assessment"/>
+          <xsd:enumeration value="Certification"/>
+          <xsd:enumeration value="Compliance Statement"/>
+          <xsd:enumeration value="Permit Plan"/>
+          <xsd:enumeration value="Permit Transfer"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Vehicle Identification"/>
+          <xsd:enumeration value="Waiver"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Permit_x0020_Type" ma:index="16" nillable="true" ma:displayName="Permit Type" ma:default="-" ma:format="Dropdown" ma:internalName="Permit_x0020_Type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="All"/>
+          <xsd:enumeration value="General"/>
+          <xsd:enumeration value="Healthcare Facilities"/>
+          <xsd:enumeration value="Liquid Waste Hauler"/>
+          <xsd:enumeration value="Microbrewery"/>
+          <xsd:enumeration value="Sewer Cleaning Waste Hauler"/>
+          <xsd:enumeration value="Special Discharge"/>
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Standard, General, Special"/>
+          <xsd:enumeration value="Water Treatment"/>
+          <xsd:enumeration value="Zero Categorical Discharge"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Doc_x0020_Type" ma:index="17" nillable="true" ma:displayName="Doc Type" ma:default="Word" ma:internalName="Doc_x0020_Type">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Word"/>
+                    <xsd:enumeration value="Crystal Reports"/>
+                    <xsd:enumeration value="Excel"/>
+                    <xsd:enumeration value="PDF"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Internal_x002f_External_x0020_Use" ma:index="18" nillable="true" ma:displayName="Internal/External Use" ma:default="-" ma:format="Dropdown" ma:internalName="Internal_x002f_External_x0020_Use">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="External Use"/>
+          <xsd:enumeration value="Internal Use"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Published_x0020_to_x0020_Website_x003f_" ma:index="19" nillable="true" ma:displayName="Published to Website?" ma:default="-" ma:internalName="Published_x0020_to_x0020_Website_x003f_">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="-"/>
+                    <xsd:enumeration value="No"/>
+                    <xsd:enumeration value="Yes"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Last_x0020_Updated_x0020_Date" ma:index="20" ma:displayName="Last Updated Date" ma:format="DateOnly" ma:internalName="Last_x0020_Updated_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Doc_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Word</Value>
+    </Doc_x0020_Type>
+    <Last_x0020_Updated_x0020_Date xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">2025-12-10T06:00:00+00:00</Last_x0020_Updated_x0020_Date>
+    <Permit_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Microbrewery</Permit_x0020_Type>
+    <Form_x0020_Category xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Survey</Form_x0020_Category>
+    <Published_x0020_to_x0020_Website_x003f_ xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Yes</Value>
+    </Published_x0020_to_x0020_Website_x003f_>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+    <Internal_x002f_External_x0020_Use xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">External Use</Internal_x002f_External_x0020_Use>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-1775186713-65</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-1775186713-65</Url>
+      <Description>Y25ARKAS7VEQ-1775186713-65</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AAEB926-E983-4F52-AD3B-6224C653A232}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B826B21B-51E1-49FF-902E-B97AEEA42938}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61C9F29D-6351-42C7-9973-E4630009974A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E5C014C-BA5D-44DA-A463-7F8E5B82C377}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D4057A3-0C87-43F5-B0B4-4CE87928C8DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>WDS.dot</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>871</Words>
-  <Characters>4943</Characters>
+  <Words>892</Words>
+  <Characters>5088</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>247</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wastewater Discharge Survey for Breweries and Brewpubs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5703</CharactersWithSpaces>
+  <CharactersWithSpaces>5969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7995471</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:iwpp@metc.state.mn.us</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wastewater Discharge Survey for Breweries and Brewpubs</dc:title>
-  <dc:subject>Form</dc:subject>
-  <dc:creator>Lundell, Maggie</dc:creator>
+  <dc:subject>Wastewater Survey</dc:subject>
+  <dc:creator/>
   <cp:keywords>Wastewater discharge survey</cp:keywords>
-  <dc:description>2025 - removed MCES</dc:description>
+  <dc:description>Dec 2025 - removed MCES, text boxes and updated with questions fit for breweries</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Brewery</cp:category>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009DEF43A5EEDA7346839AA15369B58478</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>0be71e5b-be28-4810-87b2-c7adfbbfd3f8</vt:lpwstr>
+  </property>
+</Properties>
+</file>