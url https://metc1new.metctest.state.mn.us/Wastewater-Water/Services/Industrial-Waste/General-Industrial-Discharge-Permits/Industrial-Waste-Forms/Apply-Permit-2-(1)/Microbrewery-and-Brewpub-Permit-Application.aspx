--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -1,36 +1,38 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E963F1D" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="000A42C1">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
@@ -111,526 +113,88 @@
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r w:rsidR="009518DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABCE80B" w14:textId="6E86994F" w:rsidR="00723188" w:rsidRDefault="005664C4">
+    <w:p w14:paraId="2ABCE80B" w14:textId="2CE9EDE4" w:rsidR="00723188" w:rsidRDefault="005664C4">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...436 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D060646" wp14:editId="04E5CAEF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D060646" wp14:editId="2557FF06">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -647,54 +211,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1EBA93" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="31E873B1" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="3DAB226B" w14:textId="43FBDD4C" w:rsidR="004D0492" w:rsidRPr="004D0492" w:rsidRDefault="00BB6DBB" w:rsidP="00356EA4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="200" w:after="240"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Industrial Discharge </w:t>
       </w:r>
       <w:r w:rsidR="00110170">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r>
         <w:t>Permit Application</w:t>
       </w:r>
       <w:r w:rsidR="004D0492">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D0492">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004D0492" w:rsidRPr="00E93858">
+      <w:r w:rsidR="004D0492" w:rsidRPr="00B673B5">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For Microbreweries and brewpubs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695449E5" w14:textId="77777777" w:rsidR="00385F5D" w:rsidRDefault="00385F5D" w:rsidP="00CD6C0C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1271,500 +838,576 @@
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CC747B" w:rsidRPr="00DA5039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00CC747B" w:rsidRPr="00DA5039">
         <w:t xml:space="preserve">Contact Information: </w:t>
       </w:r>
       <w:r w:rsidR="00342A44">
         <w:t>(Pleas</w:t>
       </w:r>
       <w:r w:rsidR="00EF38D1">
         <w:t>e fill in the information below</w:t>
       </w:r>
       <w:r w:rsidR="00342A44">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11178" w:type="dxa"/>
+        <w:tblW w:w="10615" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="2088"/>
-        <w:gridCol w:w="1080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2970"/>
+        <w:gridCol w:w="1507"/>
+        <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F3189" w:rsidRPr="00DC058B" w14:paraId="63EABB6A" w14:textId="77777777" w:rsidTr="007F3189">
+      <w:tr w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w14:paraId="63EABB6A" w14:textId="77777777" w:rsidTr="000F3519">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="782"/>
+          <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC52B98" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="000A42C1">
+          <w:p w14:paraId="1FC52B98" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w:rsidRDefault="003A5E3C" w:rsidP="000A42C1">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2F84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A263438" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="000A42C1">
+          <w:p w14:paraId="6A263438" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w:rsidRDefault="003A5E3C" w:rsidP="000A42C1">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2F84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56AE258E" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="000A42C1">
+          <w:p w14:paraId="56AE258E" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w:rsidRDefault="003A5E3C" w:rsidP="000A42C1">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2F84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E390EC" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="000A42C1">
+          <w:p w14:paraId="71E390EC" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w:rsidRDefault="003A5E3C" w:rsidP="000A42C1">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2F84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="423BB3DB" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="000A42C1">
+          <w:p w14:paraId="076FB7CC" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="000B2F84" w:rsidRDefault="003A5E3C" w:rsidP="000A42C1">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2F84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F3189" w:rsidRPr="00DC058B" w14:paraId="6AE95A14" w14:textId="77777777" w:rsidTr="007F3189">
+      <w:tr w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w14:paraId="6AE95A14" w14:textId="77777777" w:rsidTr="000F3519">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F24B516" w14:textId="77777777" w:rsidR="007F3189" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="3F24B516" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(Primary contact)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E43F630" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRPr="00DC058B" w:rsidRDefault="00EF38D1" w:rsidP="00597038">
+          <w:p w14:paraId="7E43F630" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1048908B" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="1048908B" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADDD6C6" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="4ADDD6C6" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B853F33" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="1507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B853F33" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="01D65622" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B2F839" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F3189" w:rsidRPr="00DC058B" w14:paraId="60A49296" w14:textId="77777777" w:rsidTr="007F3189">
+      <w:tr w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w14:paraId="60A49296" w14:textId="77777777" w:rsidTr="000F3519">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1531AB07" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="001871F1">
+          <w:p w14:paraId="1531AB07" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="001871F1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="001871F1">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Billing</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7AE577" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="2D7AE577" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC1C95D" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="5EC1C95D" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B56EB65" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="1507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B56EB65" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60917022" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4687BE83" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...12 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F3189" w:rsidRPr="00DC058B" w14:paraId="05656CD3" w14:textId="77777777" w:rsidTr="007F3189">
+      <w:tr w:rsidR="000B2F84" w:rsidRPr="00DC058B" w14:paraId="644DAC64" w14:textId="77777777" w:rsidTr="000F3519">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24986D05" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="001871F1">
+          <w:p w14:paraId="7413FCF0" w14:textId="00106EF7" w:rsidR="000B2F84" w:rsidRPr="00DC058B" w:rsidRDefault="000B2F84" w:rsidP="001871F1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001871F1">
+              <w:t>(Field</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alternate </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DC058B">
+              <w:t xml:space="preserve"> contact)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDB692A" w14:textId="77777777" w:rsidR="000B2F84" w:rsidRPr="00DC058B" w:rsidRDefault="000B2F84" w:rsidP="00597038">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255E5257" w14:textId="77777777" w:rsidR="000B2F84" w:rsidRPr="00DC058B" w:rsidRDefault="000B2F84" w:rsidP="00597038">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E89A488" w14:textId="77777777" w:rsidR="000B2F84" w:rsidRPr="00DC058B" w:rsidRDefault="000B2F84" w:rsidP="00597038">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7179AF79" w14:textId="77777777" w:rsidR="000B2F84" w:rsidRPr="00DC058B" w:rsidRDefault="000B2F84" w:rsidP="00597038">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w14:paraId="05656CD3" w14:textId="77777777" w:rsidTr="000F3519">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24986D05" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="001871F1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alternate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
               <w:t>contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069B1B35" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="069B1B35" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="076F7130" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+          <w:p w14:paraId="076F7130" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5955E300" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="1507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5955E300" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="44C2EF5C" w14:textId="77777777" w:rsidR="007F3189" w:rsidRPr="00DC058B" w:rsidRDefault="007F3189" w:rsidP="00597038">
+            <w:tcW w:w="3150" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C2EF5C" w14:textId="77777777" w:rsidR="003A5E3C" w:rsidRPr="00DC058B" w:rsidRDefault="003A5E3C" w:rsidP="00597038">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F0C8A4F" w14:textId="77777777" w:rsidR="00E03BE4" w:rsidRPr="00BD6DC3" w:rsidRDefault="00052F18" w:rsidP="00356EA4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="480" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:t xml:space="preserve">Does your </w:t>
       </w:r>
       <w:r w:rsidR="00A7492C" w:rsidRPr="00BD6DC3">
@@ -5088,586 +4731,125 @@
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26410174" w14:textId="77777777" w:rsidR="00B11313" w:rsidRPr="00DC058B" w:rsidRDefault="00B11313" w:rsidP="00AF5D7D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4FD1E8AA" w14:textId="77777777" w:rsidR="007D60F7" w:rsidRDefault="00B11313" w:rsidP="00B11313">
+    <w:p w14:paraId="42D7A99C" w14:textId="419B60BF" w:rsidR="008B6703" w:rsidRPr="00AF3838" w:rsidRDefault="00B11313" w:rsidP="00AF3838">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="007D60F7">
         <w:lastRenderedPageBreak/>
         <w:t>Production</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D7A99C" w14:textId="77777777" w:rsidR="008B6703" w:rsidRPr="00BD6DC3" w:rsidRDefault="008B6703" w:rsidP="00385F5D">
-[...433 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1F46AA2C" w14:textId="77777777" w:rsidR="008B6703" w:rsidRPr="00BD6DC3" w:rsidRDefault="002C0DA0" w:rsidP="00553775">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Information on raw material used</w:t>
       </w:r>
       <w:r w:rsidR="00617848" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FB23B6" w14:textId="19DD125F" w:rsidR="002C0DA0" w:rsidRPr="00BD6DC3" w:rsidRDefault="002C0DA0" w:rsidP="000A42C1">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="74FB23B6" w14:textId="19DD125F" w:rsidR="002C0DA0" w:rsidRPr="00BD6DC3" w:rsidRDefault="002C0DA0" w:rsidP="00747C6D">
+      <w:pPr>
+        <w:ind w:left="806"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>You may request that information regarding raw materials be classified as confidential if you consider the specific information to be</w:t>
       </w:r>
       <w:r w:rsidR="00824B1B">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> trade secret information</w:t>
       </w:r>
       <w:r w:rsidR="00824B1B">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> as defined by the Minnesota Government Data Practices Act (Minnesota Statutes § 13.37). To make this request, check the following box and contact </w:t>
       </w:r>
       <w:r w:rsidR="00146743" w:rsidRPr="00106A23">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Industrial Waste and Pollution Prevention (IWPP) section</w:t>
       </w:r>
       <w:r w:rsidRPr="00146743">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>to complete the request process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6195F321" w14:textId="77777777" w:rsidR="00597038" w:rsidRPr="00BD6DC3" w:rsidRDefault="00597038" w:rsidP="00553775">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -6052,344 +5234,236 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>l products produced:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1188" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6210"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="9427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00075214" w:rsidRPr="00DC058B" w14:paraId="3E402A5B" w14:textId="77777777" w:rsidTr="000A42C1">
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="3E402A5B" w14:textId="77777777" w:rsidTr="00DE3A0F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14EFAE33" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="00340C02">
+          <w:p w14:paraId="14EFAE33" w14:textId="036AC1B2" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="00340C02">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Princip</w:t>
             </w:r>
-            <w:r w:rsidR="00340C02">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>l Products</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...31 lines deleted...]
-              <w:t>Units</w:t>
+              <w:t xml:space="preserve"> (list individually)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075214" w:rsidRPr="00DC058B" w14:paraId="1FB9D601" w14:textId="77777777" w:rsidTr="000A42C1">
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="1FB9D601" w14:textId="77777777" w:rsidTr="00DE3A0F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA5B2FC" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
-[...29 lines deleted...]
-          <w:p w14:paraId="51C578D8" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
+          <w:p w14:paraId="3EA5B2FC" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075214" w:rsidRPr="00DC058B" w14:paraId="5AF7183C" w14:textId="77777777" w:rsidTr="000A42C1">
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="5AF7183C" w14:textId="77777777" w:rsidTr="00DE3A0F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3753AE8B" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
-[...29 lines deleted...]
-          <w:p w14:paraId="7F50D48D" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
+          <w:p w14:paraId="3753AE8B" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075214" w:rsidRPr="00DC058B" w14:paraId="6500F705" w14:textId="77777777" w:rsidTr="000A42C1">
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="6500F705" w14:textId="77777777" w:rsidTr="00DE3A0F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5469AF1B" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
-[...29 lines deleted...]
-          <w:p w14:paraId="50E464EF" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
+          <w:p w14:paraId="5469AF1B" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00075214" w:rsidRPr="00DC058B" w14:paraId="72C7ADB8" w14:textId="77777777" w:rsidTr="000A42C1">
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="72C7ADB8" w14:textId="77777777" w:rsidTr="00DE3A0F">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71115E9E" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
-[...11 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+          <w:p w14:paraId="71115E9E" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="74097CD9" w14:textId="77777777" w:rsidTr="00DE3A0F">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4267D181" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
-[...11 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
+          <w:p w14:paraId="5152E434" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="7C37CA46" w14:textId="77777777" w:rsidTr="00DE3A0F">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23DD1051" w14:textId="77777777" w:rsidR="00075214" w:rsidRPr="00DC058B" w:rsidRDefault="00075214" w:rsidP="000A42C1">
+          <w:p w14:paraId="5B0C26C2" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w14:paraId="6817C23D" w14:textId="77777777" w:rsidTr="00DE3A0F">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9427" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A28BE42" w14:textId="77777777" w:rsidR="00DE3A0F" w:rsidRPr="00DC058B" w:rsidRDefault="00DE3A0F" w:rsidP="000A42C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="716051D2" w14:textId="77777777" w:rsidR="00FB0243" w:rsidRPr="00BD6DC3" w:rsidRDefault="00157DB8" w:rsidP="00B11313">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="360"/>
         <w:ind w:left="806"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
@@ -6633,305 +5707,302 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15736804" w14:textId="77777777" w:rsidR="00553775" w:rsidRDefault="00B11313" w:rsidP="00B11313">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00553775">
         <w:lastRenderedPageBreak/>
         <w:t>Water Balance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076A123C" w14:textId="77777777" w:rsidR="00553775" w:rsidRDefault="00553775" w:rsidP="00553775">
+    <w:p w14:paraId="076A123C" w14:textId="3AB76816" w:rsidR="00553775" w:rsidRDefault="00553775" w:rsidP="00553775">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Incoming water supply:</w:t>
+        <w:t>Incoming water supply</w:t>
+      </w:r>
+      <w:r w:rsidR="00450097">
+        <w:t xml:space="preserve"> (from the most recent water bills</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6FAA">
+        <w:t xml:space="preserve"> or meter readings):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="432" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3294"/>
-        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="3253"/>
+        <w:gridCol w:w="1800"/>
         <w:gridCol w:w="5130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF38D1" w14:paraId="527CDDB8" w14:textId="77777777" w:rsidTr="00EF38D1">
+      <w:tr w:rsidR="008C6FAA" w14:paraId="527CDDB8" w14:textId="77777777" w:rsidTr="008C6FAA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:tcW w:w="3253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4A44CB" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
+          <w:p w14:paraId="0B4A44CB" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00342A44">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3DCDAE" w14:textId="482B7C76" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
+          <w:p w14:paraId="3B3DCDAE" w14:textId="482B7C76" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00342A44">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1945"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Gallons</w:t>
-[...8 lines deleted...]
-              <w:t>ear</w:t>
+              <w:t>Gallons / year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D084CF3" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
+          <w:p w14:paraId="4D084CF3" w14:textId="7BDE9C0B" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00342A44">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Determination Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF38D1" w14:paraId="45186D62" w14:textId="77777777" w:rsidTr="00EF38D1">
+      <w:tr w:rsidR="008C6FAA" w14:paraId="45186D62" w14:textId="77777777" w:rsidTr="008C6FAA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:tcW w:w="3253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B52B4B6" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="1B52B4B6" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>City Water Supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEB6DED" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="4EEB6DED" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38E505B3" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="38E505B3" w14:textId="3F688D53" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF38D1" w14:paraId="2C7E4DC3" w14:textId="77777777" w:rsidTr="00EF38D1">
+      <w:tr w:rsidR="008C6FAA" w14:paraId="2C7E4DC3" w14:textId="77777777" w:rsidTr="008C6FAA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:tcW w:w="3253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55291BC5" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="55291BC5" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Private Well(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="251B463C" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="251B463C" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22623454" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="22623454" w14:textId="12AC8447" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF38D1" w14:paraId="40FDC185" w14:textId="77777777" w:rsidTr="00EF38D1">
+      <w:tr w:rsidR="008C6FAA" w14:paraId="40FDC185" w14:textId="77777777" w:rsidTr="008C6FAA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:tcW w:w="3253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047A041D" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
+          <w:p w14:paraId="047A041D" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00342A44">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57FC90F2" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="57FC90F2" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0F51678A" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="0F51678A" w14:textId="13AE3D93" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF38D1" w14:paraId="795E9B71" w14:textId="77777777" w:rsidTr="00EF38D1">
+      <w:tr w:rsidR="008C6FAA" w14:paraId="795E9B71" w14:textId="77777777" w:rsidTr="008C6FAA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:tcW w:w="3253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F5E17B" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="61F5E17B" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30D8278B" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="30D8278B" w14:textId="77777777" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F71BCA3" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="6F71BCA3" w14:textId="4D2F3D80" w:rsidR="008C6FAA" w:rsidRDefault="008C6FAA" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D7E4359" w14:textId="77777777" w:rsidR="00BD1838" w:rsidRDefault="00BD1838" w:rsidP="008B69C9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Water </w:t>
       </w:r>
       <w:r w:rsidRPr="00340C02">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
@@ -7011,244 +6082,462 @@
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5465F28C" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Determination Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="664C7A7A" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13EBF031" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="13EBF031" w14:textId="72E2FB58" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>To Storm Sewer and/or Receiving Water</w:t>
+              <w:t xml:space="preserve">To </w:t>
+            </w:r>
+            <w:r w:rsidR="006674D2">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">torm </w:t>
+            </w:r>
+            <w:r w:rsidR="006674D2">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ewer and/or </w:t>
+            </w:r>
+            <w:r w:rsidR="000B164D">
+              <w:t>r</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">eceiving </w:t>
+            </w:r>
+            <w:r w:rsidR="000B164D">
+              <w:t>w</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D6A3A00" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F4006AA" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="4EDEBF8E" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F03888B" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="1F03888B" w14:textId="1FB403C1" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Lawn Sprinkling</w:t>
+              <w:t>Lawn</w:t>
+            </w:r>
+            <w:r w:rsidR="006674D2">
+              <w:t xml:space="preserve"> irrigation</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B164D">
+              <w:t>and outdoor use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6599F763" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EB48853" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
-            <w:pPr>
-[...40 lines deleted...]
-          <w:p w14:paraId="4CE3DA43" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="4B437E93" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="152E9339" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="152E9339" w14:textId="29B81F14" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Lost to Evaporation</w:t>
+              <w:t xml:space="preserve">Lost to </w:t>
+            </w:r>
+            <w:r w:rsidR="00442DF8">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:t>vaporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36D2A602" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A376C53" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="3BF05B47" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="775B9FBF" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="775B9FBF" w14:textId="10973D91" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>Off-Site Disposal</w:t>
+              <w:t>Off</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5007">
+              <w:t>-d</w:t>
+            </w:r>
+            <w:r>
+              <w:t>isposal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003B5007">
+              <w:t xml:space="preserve"> (including absorption by grain)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="110C5422" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="210445A4" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442DF8" w14:paraId="2B3A60A9" w14:textId="77777777" w:rsidTr="00376BA1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE5EDEB" w14:textId="4A4A30F1" w:rsidR="00442DF8" w:rsidRDefault="00442DF8" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Used in product beer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E53F32" w14:textId="77777777" w:rsidR="00442DF8" w:rsidRDefault="00442DF8" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB60714" w14:textId="77777777" w:rsidR="00442DF8" w:rsidRDefault="00442DF8" w:rsidP="00376BA1">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442DF8" w14:paraId="7D3AA557" w14:textId="77777777" w:rsidTr="00EF38D1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD3334D" w14:textId="7CD7901B" w:rsidR="00442DF8" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Used in product NA beer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6363CBDD" w14:textId="77777777" w:rsidR="00442DF8" w:rsidRDefault="00442DF8" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0690D4A6" w14:textId="77777777" w:rsidR="00442DF8" w:rsidRDefault="00442DF8" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857DC6" w14:paraId="1803E8D2" w14:textId="77777777" w:rsidTr="00EF38D1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="233E978B" w14:textId="45D354FE" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Used in product seltzers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33486778" w14:textId="77777777" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB6345E" w14:textId="77777777" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857DC6" w14:paraId="57096D77" w14:textId="77777777" w:rsidTr="00EF38D1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A664EF" w14:textId="577235D8" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Used in product THC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="347AEC15" w14:textId="77777777" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABFB180" w14:textId="77777777" w:rsidR="00857DC6" w:rsidRDefault="00857DC6" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004976C0" w14:paraId="11151D3E" w14:textId="77777777" w:rsidTr="00EF38D1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7960B3DD" w14:textId="1DFFCD96" w:rsidR="004976C0" w:rsidRDefault="004976C0" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Used in product NA beverages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE118D4" w14:textId="77777777" w:rsidR="004976C0" w:rsidRDefault="004976C0" w:rsidP="00BD1838">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F823417" w14:textId="77777777" w:rsidR="004976C0" w:rsidRDefault="004976C0" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="38BE00FF" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EEA7D33" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7421,140 +6710,170 @@
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01601D7D" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00342A44">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Determination Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="37DBB9FD" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3294" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49DF52E4" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="49DF52E4" w14:textId="595250B7" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Non-Contact Cooling Water</w:t>
+              <w:t>Non-</w:t>
+            </w:r>
+            <w:r w:rsidR="00905D10">
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ontact </w:t>
+            </w:r>
+            <w:r w:rsidR="00905D10">
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ooling </w:t>
+            </w:r>
+            <w:r w:rsidR="00905D10">
+              <w:t>w</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="177BDB1C" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05917254" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="0120C097" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3294" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037ADE9A" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="008B69C9">
+          <w:p w14:paraId="037ADE9A" w14:textId="0B02EBA0" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="008B69C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Domestic Wastewater</w:t>
+              <w:t xml:space="preserve">Domestic </w:t>
+            </w:r>
+            <w:r w:rsidR="00905D10">
+              <w:t>w</w:t>
+            </w:r>
+            <w:r>
+              <w:t>astewater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BBA7C8F" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5C493FC8" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF38D1" w14:paraId="6322E334" w14:textId="77777777" w:rsidTr="00EF38D1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3294" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608907AB" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
+          <w:p w14:paraId="608907AB" w14:textId="0DC580E7" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Industrial Wastewater</w:t>
+              <w:t xml:space="preserve">Industrial </w:t>
+            </w:r>
+            <w:r w:rsidR="00905D10">
+              <w:t>w</w:t>
+            </w:r>
+            <w:r>
+              <w:t>astewater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03F80869" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D67688D" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8029,51 +7348,51 @@
       <w:r w:rsidRPr="00BD6DC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A76F99" w:rsidRPr="00BD6DC3">
         <w:t>gallons/year</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56FD9F98" w14:textId="77777777" w:rsidR="008463F6" w:rsidRPr="00BD6DC3" w:rsidRDefault="008463F6" w:rsidP="001916E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:t>Is there a reject waste stream from any of these processes that is discharged to the sanitary sewer?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE06089" w14:textId="77777777" w:rsidR="008463F6" w:rsidRPr="00BD6DC3" w:rsidRDefault="008463F6" w:rsidP="001916E7">
+    <w:p w14:paraId="5AE06089" w14:textId="3A88CA49" w:rsidR="008463F6" w:rsidRPr="00BD6DC3" w:rsidRDefault="008463F6" w:rsidP="001916E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -8150,51 +7469,63 @@
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If Yes, total quantity discharged: </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00525F14">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">es, total quantity discharged: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Text3"/>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:rPr>
@@ -8574,50 +7905,97 @@
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Bottling / Packaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37971594" w14:textId="77777777" w:rsidR="00A76F99" w:rsidRPr="00DC058B" w:rsidRDefault="00A76F99" w:rsidP="001916E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0009788A" w:rsidRPr="00DC058B" w14:paraId="3EF1F305" w14:textId="77777777" w:rsidTr="001916E7">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6948" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDE8E73" w14:textId="3E196554" w:rsidR="0009788A" w:rsidRPr="00B64051" w:rsidRDefault="0009788A" w:rsidP="001916E7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B64051">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Pasteurization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0B9F7B" w14:textId="77777777" w:rsidR="0009788A" w:rsidRPr="00DC058B" w:rsidRDefault="0009788A" w:rsidP="001916E7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="001916E7" w:rsidRPr="00DC058B" w14:paraId="6B71F47D" w14:textId="77777777" w:rsidTr="001916E7">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6948" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04785A73" w14:textId="77777777" w:rsidR="001916E7" w:rsidRDefault="001916E7" w:rsidP="001916E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
@@ -8708,51 +8086,51 @@
         </w:rPr>
         <w:t>water</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001916E7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>pH adjusted</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to discharge to the sanitary sewer?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C8C787" w14:textId="77777777" w:rsidR="00D461B4" w:rsidRDefault="00E56E10" w:rsidP="001916E7">
+    <w:p w14:paraId="64C8C787" w14:textId="0B96C614" w:rsidR="00D461B4" w:rsidRDefault="00E56E10" w:rsidP="001916E7">
       <w:pPr>
         <w:ind w:left="806"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Check18"/>
@@ -8851,56 +8229,56 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D461B4" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00D461B4" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00100C58">
-[...4 lines deleted...]
-        <w:t>Y</w:t>
+      <w:r w:rsidR="00B64051">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00D461B4" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">es, please </w:t>
       </w:r>
       <w:r w:rsidR="001916E7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>describe your pH adjusting process below</w:t>
       </w:r>
       <w:r w:rsidR="00D461B4" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -8958,392 +8336,465 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001916E7" w:rsidRPr="00DC058B" w14:paraId="0607C78E" w14:textId="77777777" w:rsidTr="00AF5D7D">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9558" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2730610C" w14:textId="77777777" w:rsidR="001916E7" w:rsidRPr="00DC058B" w:rsidRDefault="001916E7" w:rsidP="00AF5D7D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7350F542" w14:textId="5F35E198" w:rsidR="001916E7" w:rsidRDefault="000457C0" w:rsidP="00106A23">
-      <w:pPr>
+    <w:p w14:paraId="0689A376" w14:textId="56D21737" w:rsidR="00F06E77" w:rsidRPr="00830895" w:rsidRDefault="00D55EB0" w:rsidP="00F06E77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:spacing w:before="240"/>
-        <w:ind w:left="432"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD6DC3">
         <w:t>Does yo</w:t>
       </w:r>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ur </w:t>
       </w:r>
-      <w:r w:rsidR="00E74F0A">
+      <w:r w:rsidR="00E74F0A" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>facility</w:t>
       </w:r>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> have batch discharge</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5087" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00DC5087" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00A84E8E" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
         <w:t>to the sanitary sewer</w:t>
       </w:r>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00F06E77">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001916E7">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Check20"/>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001916E7">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Check21"/>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
-      <w:r w:rsidR="00542E19">
+      <w:r w:rsidR="00F06E77" w:rsidRPr="00830895">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DDE8C8" w14:textId="77777777" w:rsidR="00D55EB0" w:rsidRPr="001916E7" w:rsidRDefault="00D55EB0" w:rsidP="001916E7">
+    <w:p w14:paraId="7350F542" w14:textId="6032B250" w:rsidR="001916E7" w:rsidRPr="00830895" w:rsidRDefault="00F06E77" w:rsidP="00F06E77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="810"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF25DB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF25DB">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A batch discharge is defined as an infrequent or periodic discharge of industrial waste which includes, but is not limited to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF25DB">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF25DB">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spent acid or caustic solutions, spent process solutions, machining coolants, concentrated dead rinses, etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001916E7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DDE8C8" w14:textId="4E981206" w:rsidR="00D55EB0" w:rsidRPr="003C61CB" w:rsidRDefault="00D55EB0" w:rsidP="003C61CB">
       <w:pPr>
         <w:spacing w:before="0"/>
-        <w:ind w:firstLine="432"/>
-[...10 lines deleted...]
-          <w:i/>
+        <w:ind w:left="432" w:firstLine="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8E" w:rsidRPr="001916E7">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A84E8E" w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71520" w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>es, please list</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5087" w:rsidRPr="001916E7">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DC5087" w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> in table below</w:t>
       </w:r>
-      <w:r w:rsidRPr="001916E7">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003C61CB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:bCs w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="198" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2840"/>
-        <w:gridCol w:w="2680"/>
+        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="2679"/>
         <w:gridCol w:w="1247"/>
         <w:gridCol w:w="1341"/>
-        <w:gridCol w:w="2484"/>
+        <w:gridCol w:w="2483"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="727CB476" w14:textId="77777777" w:rsidTr="009C6D27">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7337E13F" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00DD6036">
+          <w:p w14:paraId="7337E13F" w14:textId="356DDC3D" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00DD6036">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
-[...4 lines deleted...]
-              <w:t>Source</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Process S</w:t>
+            </w:r>
+            <w:r w:rsidR="00A84E8E" w:rsidRPr="00DC058B">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>ource</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41C92E9D" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00DD6036">
+          <w:p w14:paraId="41C92E9D" w14:textId="00BDFFEB" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00DD6036">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Characteristics</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71520">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of wastewater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E0E1945" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00DD6036">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Quantity (gallons)</w:t>
             </w:r>
@@ -9376,53 +8827,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB51F40" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00DD6036">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Pretreatment Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="7E4EE6A1" w14:textId="77777777" w:rsidTr="009C6D27">
+      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="7E4EE6A1" w14:textId="77777777" w:rsidTr="00F71520">
         <w:trPr>
-          <w:trHeight w:val="576"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35240762" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="423BFF76" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
@@ -9451,53 +8902,53 @@
           <w:p w14:paraId="0A633537" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AFD3109" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="2806D05D" w14:textId="77777777" w:rsidTr="009C6D27">
+      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="2806D05D" w14:textId="77777777" w:rsidTr="00F71520">
         <w:trPr>
-          <w:trHeight w:val="576"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F2AFD1" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="004FAC30" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
@@ -9526,53 +8977,53 @@
           <w:p w14:paraId="484D73E2" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E637184" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="7A464F43" w14:textId="77777777" w:rsidTr="009C6D27">
+      <w:tr w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w14:paraId="7A464F43" w14:textId="77777777" w:rsidTr="00F71520">
         <w:trPr>
-          <w:trHeight w:val="576"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2874397B" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DCDF848" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
@@ -9591,209 +9042,280 @@
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E7594BD" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FD7F106" w14:textId="77777777" w:rsidR="00A84E8E" w:rsidRPr="00DC058B" w:rsidRDefault="00A84E8E" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F71520" w:rsidRPr="00DC058B" w14:paraId="0B1318D8" w14:textId="77777777" w:rsidTr="00F71520">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9D1F35" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C2E808" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="654C4216" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39903543" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C581B10" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F71520" w:rsidRPr="00DC058B" w14:paraId="3A283E3D" w14:textId="77777777" w:rsidTr="00F71520">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5F1EE0" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F30368B" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A92AB2" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD7AAFB" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC7417E" w14:textId="77777777" w:rsidR="00F71520" w:rsidRPr="00DC058B" w:rsidRDefault="00F71520" w:rsidP="00100C58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="765BC69B" w14:textId="77777777" w:rsidR="00E74F0A" w:rsidRPr="00E74F0A" w:rsidRDefault="00A84E8E" w:rsidP="00E74F0A">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A90186">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E74F0A" w:rsidRPr="00E74F0A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Use a separate sheet if necessary)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DF1F85" w14:textId="77777777" w:rsidR="00D55EB0" w:rsidRPr="001916E7" w:rsidRDefault="00A84E8E" w:rsidP="001916E7">
-[...85 lines deleted...]
-    <w:p w14:paraId="3FC90ADB" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="009C6D27">
+    <w:p w14:paraId="3FC90ADB" w14:textId="77777777" w:rsidR="000046DF" w:rsidRPr="00750C5A" w:rsidRDefault="000046DF" w:rsidP="009C6D27">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00750C5A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Meter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB24FB9" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="000046DF">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1EB24FB9" w14:textId="1461D737" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="00FF0F7C">
+      <w:pPr>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Does this facility have its own incoming water meter that measures the water usage for only this facility?</w:t>
+        <w:t>Does this facility have its own incoming water meter</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0F7C">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that measure the water usage for only this facility?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A92FB8" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="000046DF">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -9853,977 +9375,1152 @@
     <w:p w14:paraId="357024E1" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Has any portion of this facility’s wastewater discharge been monitored or analyzed in the past two years?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A439D69" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Check43"/>
+      <w:bookmarkStart w:id="17" w:name="Check43"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Check44"/>
+      <w:bookmarkStart w:id="18" w:name="Check44"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFA9E88" w14:textId="27841C56" w:rsidR="00DD6036" w:rsidRPr="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00BF6028">
-[...1 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="4D72665C" w14:textId="23E19ED6" w:rsidR="00534E8E" w:rsidRDefault="004B4F82" w:rsidP="00534E8E">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Note: </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">If yes, describe where the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve"> will notify you if wastewater monitoring is required as part of this permit application process.</w:t>
+        <w:t>sampling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> was conducted and how the sample was collected:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA0BBFE" w14:textId="77777777" w:rsidR="00513A33" w:rsidRDefault="00513A33" w:rsidP="00513A33">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B4F82" w14:paraId="02CCE41E" w14:textId="77777777" w:rsidTr="00750C5A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EC8C3C" w14:textId="77777777" w:rsidR="004B4F82" w:rsidRDefault="004B4F82" w:rsidP="00750C5A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B4F82" w14:paraId="12C54DDC" w14:textId="77777777" w:rsidTr="00750C5A">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0958125E" w14:textId="77777777" w:rsidR="00534E8E" w:rsidRDefault="00534E8E" w:rsidP="00750C5A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="44CC4B7B" w14:textId="3B0724E5" w:rsidR="00534E8E" w:rsidRPr="007D3303" w:rsidRDefault="007D3303" w:rsidP="007D3303">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D3303">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide the analytical results with the application, if available. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA0BBFE" w14:textId="02C11842" w:rsidR="00513A33" w:rsidRPr="00750C5A" w:rsidRDefault="00513A33" w:rsidP="00513A33">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00750C5A">
+        <w:t>Permits and Licenses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260D9C0B" w14:textId="77777777" w:rsidR="00023F27" w:rsidRDefault="00023F27" w:rsidP="00385B1B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="806"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00513A33">
+        <w:t>Federal Tax ID Number:</w:t>
+      </w:r>
       <w:r>
-        <w:t>Permits and Licenses</w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00513A33">
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Text4"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Text5"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Text6"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Text7"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text8"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text9"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Text10"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Text11"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidR="005B3068">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Text12"/>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
+      <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="63315561" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00C46B21" w:rsidP="00BF6028">
+    <w:p w14:paraId="0CF38862" w14:textId="79806ADB" w:rsidR="00023F27" w:rsidRPr="00023F27" w:rsidRDefault="0005707A" w:rsidP="005C6B4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="806"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Business </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E">
+        <w:t xml:space="preserve">name as noted on </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A3F">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E">
+        <w:t xml:space="preserve">ederal </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A3F">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E">
+        <w:t xml:space="preserve">ax forms: </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6B4E" w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63315561" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00C46B21" w:rsidP="005C6B4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-        <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this facility have an NPDES/SDS permit for </w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>scharge of non</w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>contact cooling water, contaminated ground water, or other wastewater to a storm sewer or receiving water?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A55216" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="005B3068" w:rsidP="00B62B22">
+    <w:p w14:paraId="76A55216" w14:textId="1981EE1C" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="005B3068" w:rsidP="00B62B22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Check24"/>
+      <w:bookmarkStart w:id="19" w:name="Check24"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Check25"/>
+      <w:bookmarkStart w:id="20" w:name="Check25"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidRPr="00100C58">
-[...4 lines deleted...]
-        <w:t>Y</w:t>
+      <w:r w:rsidR="00FB17D4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">es, please indicate </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">permit number: </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text13"/>
+      <w:bookmarkStart w:id="21" w:name="Text13"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
@@ -10865,546 +10562,573 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="3F4B0CC1" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="00C46B21" w:rsidP="00BF6028">
+    <w:p w14:paraId="3F4B0CC1" w14:textId="2D4DE6A1" w:rsidR="000046DF" w:rsidRDefault="00C46B21" w:rsidP="005C6B4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Does this facility have a license or permit for the generation, treatment, storage, or disposal of h</w:t>
+        <w:t>Does this facility have a license for the generation, treatment, storage, or disposal of h</w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>azardous waste?</w:t>
       </w:r>
       <w:r w:rsidR="00DC5087" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A3C8E" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD22C4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DD22C4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A3C8E" w:rsidRPr="00542E19">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Check26"/>
+      <w:bookmarkStart w:id="22" w:name="Check26"/>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Check27"/>
+      <w:bookmarkStart w:id="23" w:name="Check27"/>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="005B3068" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00542E19" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D351E35" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00542E19" w:rsidRDefault="008A3C8E" w:rsidP="000046DF">
+    <w:p w14:paraId="3D351E35" w14:textId="2031F781" w:rsidR="00B62B22" w:rsidRPr="00542E19" w:rsidRDefault="008A3C8E" w:rsidP="000046DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>If Y</w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD22C4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>es, please indicate the type of license</w:t>
       </w:r>
       <w:r w:rsidR="000046DF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Check28"/>
+      <w:bookmarkStart w:id="24" w:name="Check28"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>VSQG</w:t>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Check29"/>
+      <w:bookmarkStart w:id="25" w:name="Check29"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> SQG</w:t>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Check30"/>
+      <w:bookmarkStart w:id="26" w:name="Check30"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> LQG</w:t>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Check31"/>
+      <w:bookmarkStart w:id="27" w:name="Check31"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other</w:t>
       </w:r>
       <w:r w:rsidR="00DC5087" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Text14"/>
+      <w:bookmarkStart w:id="28" w:name="Text14"/>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
@@ -11446,51 +11170,51 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5167"/>
         <w:gridCol w:w="4705"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B62B22" w:rsidRPr="00DC058B" w14:paraId="51F1DB3A" w14:textId="77777777" w:rsidTr="00100C58">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -11597,237 +11321,236 @@
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58CCFCDB" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="00100C58">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56CDC1CF" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="00B62B22" w:rsidP="00BF6028">
+    <w:p w14:paraId="56CDC1CF" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="00B62B22" w:rsidP="005C6B4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="360"/>
-        <w:ind w:left="806"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Does this facility discharge to the</w:t>
       </w:r>
       <w:r w:rsidR="007D0DF5">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> sanitary </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">sewer any wastes that could be considered hazardous under Minnesota Rules Chapter 7045? </w:t>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Check33"/>
+      <w:bookmarkStart w:id="29" w:name="Check33"/>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Check34"/>
+      <w:bookmarkStart w:id="30" w:name="Check34"/>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E910D20" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00B62B22" w:rsidP="000046DF">
+    <w:p w14:paraId="2E910D20" w14:textId="79DAB6EC" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00B62B22" w:rsidP="000046DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00542E19">
-[...4 lines deleted...]
-        <w:t>Y</w:t>
+      <w:r w:rsidR="00FB17D4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>es, complete the table below:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3468"/>
@@ -12675,79 +12398,79 @@
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Check32"/>
+      <w:bookmarkStart w:id="31" w:name="Check32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes, the process flow schematic(s) should be classified as trade secret information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0D45DE" w14:textId="77777777" w:rsidR="00EC2625" w:rsidRPr="00936135" w:rsidRDefault="00EC2625" w:rsidP="00C30332">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00936135">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide a process flow schematic for </w:t>
       </w:r>
       <w:r w:rsidRPr="00531A8C">
         <w:rPr>
@@ -13424,90 +13147,149 @@
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34A76258" w14:textId="77777777" w:rsidR="005B3439" w:rsidRPr="00DC058B" w:rsidRDefault="005B3439" w:rsidP="00DC058B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58D15879" w14:textId="72303099" w:rsidR="009702F8" w:rsidRDefault="000137BD" w:rsidP="009702F8">
+    <w:p w14:paraId="58D15879" w14:textId="49B503BD" w:rsidR="009702F8" w:rsidRDefault="000137BD" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="840"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Send completed application </w:t>
+        <w:t>Send</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5403">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed application </w:t>
       </w:r>
       <w:r w:rsidR="009702F8">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and Certification of Signatory Authority form </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>to:</w:t>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5403">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only one of the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723C125D" w14:textId="1C219642" w:rsidR="000137BD" w:rsidRDefault="000137BD" w:rsidP="009518DB">
+    <w:p w14:paraId="70300555" w14:textId="4E1BC9E1" w:rsidR="00D018EF" w:rsidRDefault="008D5403" w:rsidP="009518DB">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00D018EF">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723C125D" w14:textId="3D909EFC" w:rsidR="000137BD" w:rsidRDefault="000137BD" w:rsidP="009518DB">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="009702F8">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
@@ -13536,376 +13318,466 @@
         <w:t>90 Robert Street</w:t>
       </w:r>
       <w:r w:rsidR="000524B4">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000524B4" w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>North</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br/>
         <w:t>St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B515795" w14:textId="24BFFE54" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009518DB">
+    <w:p w14:paraId="5501830F" w14:textId="517B4888" w:rsidR="00980E66" w:rsidRDefault="00D018EF" w:rsidP="00980E66">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6EEF">
-        <w:br w:type="page"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E66">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>mail to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A99F10E" w14:textId="77777777" w:rsidR="009702F8" w:rsidRPr="00D47A4F" w:rsidRDefault="009702F8" w:rsidP="00F94001">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1936" w:y="-29"/>
+    <w:p w14:paraId="0A6F68AD" w14:textId="5865C2EF" w:rsidR="00980E66" w:rsidRDefault="00980E66" w:rsidP="00232A1A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7212"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="1560"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007353CC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>iwpp@metc.state.mn.us</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00232A1A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00232A1A" w:rsidRPr="00232A1A" w14:paraId="320FB489" w14:textId="77777777" w:rsidTr="00270D45">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0F7659" w14:textId="77777777" w:rsidR="00232A1A" w:rsidRPr="00232A1A" w:rsidRDefault="00232A1A" w:rsidP="00232A1A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00232A1A">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office use only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B3C02C8" w14:textId="77777777" w:rsidR="00232A1A" w:rsidRPr="00232A1A" w:rsidRDefault="00232A1A" w:rsidP="00232A1A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00232A1A">
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08439351" w14:textId="77777777" w:rsidR="00232A1A" w:rsidRPr="00232A1A" w:rsidRDefault="00232A1A" w:rsidP="00232A1A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00232A1A">
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23774A0B" w14:textId="77777777" w:rsidR="00232A1A" w:rsidRPr="00232A1A" w:rsidRDefault="00232A1A" w:rsidP="00232A1A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00232A1A">
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit # ________ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="326043A4" w14:textId="77777777" w:rsidR="00232A1A" w:rsidRPr="00232A1A" w:rsidRDefault="00232A1A" w:rsidP="00232A1A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00232A1A">
+              <w:rPr>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Permit Staff ______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51BCF744" w14:textId="77777777" w:rsidR="00AD6737" w:rsidRPr="00D47A4F" w:rsidRDefault="00AD6737" w:rsidP="005423A5">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1861" w:y="1"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC17EB9" w14:textId="77777777" w:rsidR="009702F8" w:rsidRPr="00D47A4F" w:rsidRDefault="009702F8" w:rsidP="00F94001">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1936" w:y="-29"/>
+    <w:p w14:paraId="5966BDAC" w14:textId="77777777" w:rsidR="00AD6737" w:rsidRPr="00D47A4F" w:rsidRDefault="00AD6737" w:rsidP="005423A5">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1861" w:y="1"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10277AD8" w14:textId="77777777" w:rsidR="009702F8" w:rsidRPr="00D47A4F" w:rsidRDefault="009702F8" w:rsidP="00F94001">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1936" w:y="-29"/>
+    <w:p w14:paraId="558764BF" w14:textId="77777777" w:rsidR="00AD6737" w:rsidRPr="00D47A4F" w:rsidRDefault="00AD6737" w:rsidP="005423A5">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1861" w:y="1"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   390 North Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A058DB" w14:textId="77777777" w:rsidR="009702F8" w:rsidRPr="00D47A4F" w:rsidRDefault="009702F8" w:rsidP="00F94001">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1936" w:y="-29"/>
+    <w:p w14:paraId="4630D77E" w14:textId="77777777" w:rsidR="00AD6737" w:rsidRPr="00D47A4F" w:rsidRDefault="00AD6737" w:rsidP="005423A5">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1861" w:y="1"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, MN </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037D9FBB" w14:textId="0294BD26" w:rsidR="009702F8" w:rsidRDefault="00F94001" w:rsidP="009518DB">
+    <w:p w14:paraId="6B515795" w14:textId="0F562E43" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00AD6737">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="037D9FBB" w14:textId="4447D07A" w:rsidR="009702F8" w:rsidRDefault="00F94001" w:rsidP="009518DB">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5079302B" wp14:editId="7EA6E253">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-180975</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-76200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Picture 17">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...108 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="05657811" w14:textId="1F291759" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
+    <w:p w14:paraId="660A38EF" w14:textId="77777777" w:rsidR="000A7087" w:rsidRDefault="000A7087" w:rsidP="005423A5"/>
+    <w:p w14:paraId="05657811" w14:textId="1215B695" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Certification of Signatory Authority</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BBE152" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:r>
         <w:t>I, the undersigned, do hereby certify that I meet the definition of a signatory authority as outlined below:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="009702F8" w14:paraId="57DE4447" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62BFC2A8" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:r>
               <w:t>Signatories must be one of the following as found in 40 CFR 403.12(l):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="719B85E3" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="766C5404" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -13962,471 +13834,455 @@
             <w:r w:rsidR="008E7D91">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">making functions for the public agency. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04EE3FF2" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="240" w:after="360"/>
       </w:pPr>
       <w:r>
         <w:t>I accept the responsibility for the operation of the facility and/or the compliance with all regulatory requirements for the facility from which the wastewater discharge originates.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1997"/>
-        <w:gridCol w:w="6193"/>
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="5833"/>
+        <w:gridCol w:w="1210"/>
         <w:gridCol w:w="1760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009702F8" w14:paraId="3CBACB43" w14:textId="77777777" w:rsidTr="00EC4223">
+      <w:tr w:rsidR="009702F8" w14:paraId="3CBACB43" w14:textId="77777777" w:rsidTr="00850824">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4317ECD3" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Signatory Authority:</w:t>
             </w:r>
             <w:r w:rsidR="000046DF">
               <w:br/>
             </w:r>
             <w:r w:rsidR="000046DF" w:rsidRPr="000046DF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(print or type</w:t>
             </w:r>
             <w:r w:rsidR="00BF6028">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="000046DF" w:rsidRPr="000046DF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:tcW w:w="5833" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07E52031" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C109A7D" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2403B170" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009702F8" w14:paraId="11BE5A45" w14:textId="77777777" w:rsidTr="00EC4223">
+      <w:tr w:rsidR="009702F8" w14:paraId="11BE5A45" w14:textId="77777777" w:rsidTr="00850824">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65149E4E" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:tcW w:w="5833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="630A15CA" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14F2BF1A" w14:textId="25638B2E" w:rsidR="009702F8" w:rsidRDefault="00EC4223" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F99FE52" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009702F8" w14:paraId="52C3471B" w14:textId="77777777" w:rsidTr="00EC4223">
+      <w:tr w:rsidR="009702F8" w14:paraId="52C3471B" w14:textId="77777777" w:rsidTr="00850824">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E99D1AC" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:tcW w:w="5833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E0D8DB2" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6901DA2D" w14:textId="0AD79140" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="071BDB93" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000046DF" w14:paraId="478EEAEB" w14:textId="77777777" w:rsidTr="00EC4223">
+      <w:tr w:rsidR="000046DF" w14:paraId="478EEAEB" w14:textId="77777777" w:rsidTr="009759BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="288BB332" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:tcW w:w="5833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12665D95" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C20DD7D" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13DE05BD" w14:textId="77777777" w:rsidR="000046DF" w:rsidRDefault="000046DF" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009702F8" w14:paraId="48D5D3B5" w14:textId="77777777" w:rsidTr="00EC4223">
+      <w:tr w:rsidR="009702F8" w14:paraId="48D5D3B5" w14:textId="77777777" w:rsidTr="009759BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1997" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50D7093E" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Facility Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:tcW w:w="5833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="648A817D" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1210" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30967CD1" w14:textId="713680F8" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="30967CD1" w14:textId="60C244F7" w:rsidR="009702F8" w:rsidRDefault="00850824" w:rsidP="00356EA4">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Permit No:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="183F20B1" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00356EA4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E27A371" w14:textId="18E74D53" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
+    <w:p w14:paraId="4E27A371" w14:textId="0ED65E3A" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="480"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and SMRs) shall be sent to the signatory authority or the designated signatory if properly authorized.  If there is a change in the signatory authority or the designated signatory, </w:t>
+        <w:t xml:space="preserve">All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and SMRs) shall be sent to the signatory authority or the designated signatory if properly authorized. If there is a change in the signatory authority or the designated signatory, </w:t>
       </w:r>
       <w:r w:rsidR="00BF42E7" w:rsidRPr="00106A23">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Met Council</w:t>
       </w:r>
       <w:r w:rsidRPr="00106A23">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">must be notified in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>writing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and the appropriate form must be resubmitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B5F3F9" w14:textId="5A4A60F1" w:rsidR="009702F8" w:rsidRPr="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For reporting via the Industrial Online Reporting System (IORS), the signatory authority and/or the designated signatory must complete the Electronic Signature Agreement (ESA).  Once the ESA is approved, the signatory authority and/or the designated signatory shall be the only people with “Responsible Official” </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7A4A">
         <w:t>accounts (authority to sign and submit)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the IORS.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009702F8" w:rsidRPr="009702F8" w:rsidSect="002C277B">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DD31934" w14:textId="77777777" w:rsidR="006B6B57" w:rsidRDefault="006B6B57" w:rsidP="00CD515D">
+    <w:p w14:paraId="7205457B" w14:textId="77777777" w:rsidR="00B00B6B" w:rsidRDefault="00B00B6B" w:rsidP="00CD515D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FB7EFB6" w14:textId="77777777" w:rsidR="006B6B57" w:rsidRDefault="006B6B57" w:rsidP="00CD515D">
+    <w:p w14:paraId="0535B6E3" w14:textId="77777777" w:rsidR="00B00B6B" w:rsidRDefault="00B00B6B" w:rsidP="00CD515D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -14440,101 +14296,101 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="79CD2D97" w14:textId="3C803D5F" w:rsidR="00A27FF4" w:rsidRPr="006A58D7" w:rsidRDefault="00A27FF4" w:rsidP="006A58D7">
+  <w:p w14:paraId="79CD2D97" w14:textId="3C803D5F" w:rsidR="00A27FF4" w:rsidRPr="00541A5E" w:rsidRDefault="00A27FF4" w:rsidP="006A58D7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006A58D7">
+    <w:r w:rsidRPr="00541A5E">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>PermitApplication-</w:t>
     </w:r>
-    <w:r w:rsidR="00ED6EEF">
+    <w:r w:rsidR="00ED6EEF" w:rsidRPr="00541A5E">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Mricrobrew-</w:t>
     </w:r>
-    <w:r w:rsidRPr="006A58D7">
+    <w:r w:rsidRPr="00541A5E">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
-    <w:r w:rsidR="00146743">
+    <w:r w:rsidR="00146743" w:rsidRPr="00541A5E">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="747474"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F5AE6CD" w14:textId="77777777" w:rsidR="00A27FF4" w:rsidRDefault="00A27FF4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -14594,58 +14450,58 @@
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D552481" w14:textId="77777777" w:rsidR="00A27FF4" w:rsidRDefault="00A27FF4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D29BA0D" w14:textId="77777777" w:rsidR="006B6B57" w:rsidRDefault="006B6B57" w:rsidP="00CD515D">
+    <w:p w14:paraId="276F8B3E" w14:textId="77777777" w:rsidR="00B00B6B" w:rsidRDefault="00B00B6B" w:rsidP="00CD515D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="289831C0" w14:textId="77777777" w:rsidR="006B6B57" w:rsidRDefault="006B6B57" w:rsidP="00CD515D">
+    <w:p w14:paraId="3C55AAA3" w14:textId="77777777" w:rsidR="00B00B6B" w:rsidRDefault="00B00B6B" w:rsidP="00CD515D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01CC3084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCF68756"/>
     <w:lvl w:ilvl="0" w:tplc="7C08C048">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -16065,51 +15921,51 @@
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57C73524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0E760306"/>
+    <w:tmpl w:val="EBFCA924"/>
     <w:lvl w:ilvl="0" w:tplc="00A4D720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6E2C0A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -16339,50 +16195,149 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E97701E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="666CD92C"/>
+    <w:lvl w:ilvl="0" w:tplc="19E24CFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2250" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3690" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4410" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5130" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5850" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6570" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA550FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E37CD1F8"/>
     <w:lvl w:ilvl="0" w:tplc="FF82E5EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -16473,329 +16428,403 @@
   <w:num w:numId="8" w16cid:durableId="1569488486">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="126512239">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2115319925">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="894387536">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2051344554">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="439958406">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2024819979">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1646423891">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2096658783">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1281456013">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1408113994">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="896356234">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="851065091">
     <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1833525469">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="432"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB6DBB"/>
     <w:rsid w:val="000046DF"/>
+    <w:rsid w:val="00007576"/>
     <w:rsid w:val="00010EAF"/>
     <w:rsid w:val="000137BD"/>
+    <w:rsid w:val="00023F27"/>
     <w:rsid w:val="00026D7A"/>
     <w:rsid w:val="00036671"/>
     <w:rsid w:val="000457C0"/>
     <w:rsid w:val="000524B4"/>
     <w:rsid w:val="00052F18"/>
+    <w:rsid w:val="0005707A"/>
     <w:rsid w:val="00075214"/>
+    <w:rsid w:val="0009788A"/>
     <w:rsid w:val="000A42C1"/>
+    <w:rsid w:val="000A7087"/>
+    <w:rsid w:val="000B164D"/>
+    <w:rsid w:val="000B2F84"/>
     <w:rsid w:val="000C4658"/>
     <w:rsid w:val="000D19A7"/>
+    <w:rsid w:val="000D2C61"/>
     <w:rsid w:val="000E0ED4"/>
     <w:rsid w:val="000E2B5F"/>
     <w:rsid w:val="000F0C57"/>
+    <w:rsid w:val="000F3519"/>
     <w:rsid w:val="000F56C3"/>
     <w:rsid w:val="000F6A29"/>
     <w:rsid w:val="00100920"/>
     <w:rsid w:val="00100C58"/>
     <w:rsid w:val="00106A23"/>
     <w:rsid w:val="00110170"/>
     <w:rsid w:val="00140D95"/>
+    <w:rsid w:val="00141E0F"/>
     <w:rsid w:val="00142CB2"/>
     <w:rsid w:val="001442D1"/>
     <w:rsid w:val="00146743"/>
     <w:rsid w:val="00146E12"/>
     <w:rsid w:val="00157DB8"/>
     <w:rsid w:val="001871F1"/>
     <w:rsid w:val="001916E7"/>
     <w:rsid w:val="001A26EA"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001D3660"/>
     <w:rsid w:val="001E18D9"/>
     <w:rsid w:val="001F1106"/>
+    <w:rsid w:val="00213145"/>
     <w:rsid w:val="002144AB"/>
     <w:rsid w:val="00214C93"/>
     <w:rsid w:val="00220949"/>
+    <w:rsid w:val="00232A1A"/>
     <w:rsid w:val="00242703"/>
     <w:rsid w:val="00252DF4"/>
     <w:rsid w:val="00263B46"/>
+    <w:rsid w:val="002778BB"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="002A116F"/>
     <w:rsid w:val="002C0DA0"/>
     <w:rsid w:val="002C277B"/>
+    <w:rsid w:val="002C7A5D"/>
+    <w:rsid w:val="002D4EA0"/>
     <w:rsid w:val="002E34CD"/>
+    <w:rsid w:val="0030423A"/>
     <w:rsid w:val="00304F8F"/>
     <w:rsid w:val="00312331"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="003349A3"/>
     <w:rsid w:val="00340C02"/>
     <w:rsid w:val="00342A44"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="00356EA4"/>
     <w:rsid w:val="00360975"/>
     <w:rsid w:val="00365288"/>
+    <w:rsid w:val="00385B1B"/>
     <w:rsid w:val="00385F5D"/>
+    <w:rsid w:val="003A5E3C"/>
     <w:rsid w:val="003A624A"/>
     <w:rsid w:val="003B3E34"/>
+    <w:rsid w:val="003B5007"/>
+    <w:rsid w:val="003C61CB"/>
     <w:rsid w:val="003D2FAF"/>
     <w:rsid w:val="004052EC"/>
     <w:rsid w:val="004055F2"/>
     <w:rsid w:val="00406ACB"/>
     <w:rsid w:val="00413132"/>
     <w:rsid w:val="0041408E"/>
     <w:rsid w:val="004411C2"/>
+    <w:rsid w:val="00442DF8"/>
+    <w:rsid w:val="00450097"/>
     <w:rsid w:val="004578AA"/>
+    <w:rsid w:val="00465E20"/>
     <w:rsid w:val="004737C7"/>
+    <w:rsid w:val="00474C07"/>
     <w:rsid w:val="00494B07"/>
+    <w:rsid w:val="004976C0"/>
     <w:rsid w:val="004B1581"/>
     <w:rsid w:val="004B4E13"/>
+    <w:rsid w:val="004B4F82"/>
     <w:rsid w:val="004D0492"/>
     <w:rsid w:val="004D7C13"/>
     <w:rsid w:val="00513A33"/>
     <w:rsid w:val="00524C5E"/>
+    <w:rsid w:val="00525F14"/>
     <w:rsid w:val="00531A8C"/>
+    <w:rsid w:val="00534E8E"/>
+    <w:rsid w:val="00541A5E"/>
+    <w:rsid w:val="005423A5"/>
     <w:rsid w:val="00542E19"/>
     <w:rsid w:val="00553775"/>
     <w:rsid w:val="00564FFB"/>
     <w:rsid w:val="005664C4"/>
     <w:rsid w:val="00567212"/>
     <w:rsid w:val="005743A4"/>
     <w:rsid w:val="00582824"/>
     <w:rsid w:val="005940FD"/>
     <w:rsid w:val="00597038"/>
     <w:rsid w:val="005A1024"/>
     <w:rsid w:val="005A42A8"/>
     <w:rsid w:val="005B3068"/>
     <w:rsid w:val="005B3439"/>
     <w:rsid w:val="005B54C4"/>
     <w:rsid w:val="005B7E7D"/>
     <w:rsid w:val="005C4052"/>
+    <w:rsid w:val="005C6B4E"/>
     <w:rsid w:val="00601EDA"/>
     <w:rsid w:val="006050F7"/>
     <w:rsid w:val="00617848"/>
     <w:rsid w:val="006313F6"/>
+    <w:rsid w:val="006544EE"/>
+    <w:rsid w:val="006674D2"/>
     <w:rsid w:val="0067247C"/>
     <w:rsid w:val="00695938"/>
     <w:rsid w:val="006A58D7"/>
     <w:rsid w:val="006B6B57"/>
     <w:rsid w:val="006C58D0"/>
     <w:rsid w:val="006E0B71"/>
     <w:rsid w:val="006F257D"/>
     <w:rsid w:val="00715A45"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00737B71"/>
+    <w:rsid w:val="00747C6D"/>
+    <w:rsid w:val="00750C5A"/>
     <w:rsid w:val="007635E9"/>
+    <w:rsid w:val="007665E4"/>
     <w:rsid w:val="007C4CC4"/>
     <w:rsid w:val="007D0DF5"/>
     <w:rsid w:val="007D2C24"/>
+    <w:rsid w:val="007D3303"/>
     <w:rsid w:val="007D60F7"/>
+    <w:rsid w:val="007D69D8"/>
     <w:rsid w:val="007D6C49"/>
     <w:rsid w:val="007F3189"/>
     <w:rsid w:val="0080576A"/>
     <w:rsid w:val="00805CA5"/>
     <w:rsid w:val="0081111B"/>
+    <w:rsid w:val="00815380"/>
     <w:rsid w:val="0082241E"/>
     <w:rsid w:val="00824B1B"/>
+    <w:rsid w:val="00830895"/>
     <w:rsid w:val="00842FE3"/>
     <w:rsid w:val="008463F6"/>
     <w:rsid w:val="00846ED4"/>
+    <w:rsid w:val="00850824"/>
+    <w:rsid w:val="00857DC6"/>
     <w:rsid w:val="00871311"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="008839F7"/>
     <w:rsid w:val="008919FA"/>
     <w:rsid w:val="00892FA7"/>
     <w:rsid w:val="008947A5"/>
     <w:rsid w:val="008A3C8E"/>
+    <w:rsid w:val="008A4A3F"/>
     <w:rsid w:val="008B6703"/>
     <w:rsid w:val="008B69C9"/>
+    <w:rsid w:val="008C6FAA"/>
     <w:rsid w:val="008D2DFE"/>
+    <w:rsid w:val="008D5403"/>
     <w:rsid w:val="008D7AB7"/>
     <w:rsid w:val="008E7D91"/>
+    <w:rsid w:val="008F6709"/>
+    <w:rsid w:val="008F770F"/>
     <w:rsid w:val="00904CE3"/>
+    <w:rsid w:val="00905D10"/>
     <w:rsid w:val="00905D78"/>
     <w:rsid w:val="00936135"/>
     <w:rsid w:val="0093637A"/>
     <w:rsid w:val="009518DB"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="00962747"/>
     <w:rsid w:val="009702F8"/>
+    <w:rsid w:val="009759BA"/>
+    <w:rsid w:val="009770D1"/>
     <w:rsid w:val="00977B0E"/>
+    <w:rsid w:val="00980E66"/>
     <w:rsid w:val="00990D1D"/>
     <w:rsid w:val="009A4CBA"/>
     <w:rsid w:val="009A5635"/>
     <w:rsid w:val="009C66EE"/>
     <w:rsid w:val="009C6D27"/>
     <w:rsid w:val="009E63A6"/>
     <w:rsid w:val="009F01BA"/>
+    <w:rsid w:val="009F1847"/>
     <w:rsid w:val="00A13644"/>
     <w:rsid w:val="00A27E20"/>
     <w:rsid w:val="00A27FF4"/>
+    <w:rsid w:val="00A5772B"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A7492C"/>
     <w:rsid w:val="00A76F99"/>
     <w:rsid w:val="00A80440"/>
     <w:rsid w:val="00A84E8E"/>
     <w:rsid w:val="00A90186"/>
+    <w:rsid w:val="00AD6737"/>
     <w:rsid w:val="00AE30E4"/>
     <w:rsid w:val="00AE4CD6"/>
+    <w:rsid w:val="00AF3838"/>
     <w:rsid w:val="00AF5D7D"/>
+    <w:rsid w:val="00B00B6B"/>
     <w:rsid w:val="00B11313"/>
+    <w:rsid w:val="00B14AE3"/>
     <w:rsid w:val="00B224B8"/>
     <w:rsid w:val="00B244AC"/>
     <w:rsid w:val="00B24E8D"/>
     <w:rsid w:val="00B302DF"/>
     <w:rsid w:val="00B34775"/>
     <w:rsid w:val="00B62B22"/>
+    <w:rsid w:val="00B64051"/>
+    <w:rsid w:val="00B673B5"/>
     <w:rsid w:val="00B74D97"/>
     <w:rsid w:val="00BA49B1"/>
     <w:rsid w:val="00BB6DBB"/>
     <w:rsid w:val="00BC3665"/>
+    <w:rsid w:val="00BC44BF"/>
     <w:rsid w:val="00BD1838"/>
     <w:rsid w:val="00BD5D00"/>
     <w:rsid w:val="00BD6DC3"/>
     <w:rsid w:val="00BF3C27"/>
     <w:rsid w:val="00BF42E7"/>
     <w:rsid w:val="00BF6028"/>
     <w:rsid w:val="00C00C8E"/>
     <w:rsid w:val="00C0309C"/>
     <w:rsid w:val="00C207DE"/>
     <w:rsid w:val="00C216E4"/>
     <w:rsid w:val="00C30332"/>
     <w:rsid w:val="00C41D77"/>
     <w:rsid w:val="00C46B21"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C71E07"/>
     <w:rsid w:val="00C85949"/>
     <w:rsid w:val="00C944B2"/>
+    <w:rsid w:val="00C95AB2"/>
     <w:rsid w:val="00CC747B"/>
     <w:rsid w:val="00CD515D"/>
     <w:rsid w:val="00CD6C0C"/>
     <w:rsid w:val="00CF3D6E"/>
     <w:rsid w:val="00CF3F5D"/>
+    <w:rsid w:val="00D018EF"/>
     <w:rsid w:val="00D1231F"/>
     <w:rsid w:val="00D14D25"/>
     <w:rsid w:val="00D229E6"/>
     <w:rsid w:val="00D42E2C"/>
     <w:rsid w:val="00D461B4"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D55EB0"/>
     <w:rsid w:val="00D75040"/>
+    <w:rsid w:val="00D919C6"/>
     <w:rsid w:val="00D92D26"/>
+    <w:rsid w:val="00DA0267"/>
     <w:rsid w:val="00DA5039"/>
     <w:rsid w:val="00DC058B"/>
     <w:rsid w:val="00DC5087"/>
+    <w:rsid w:val="00DD22C4"/>
     <w:rsid w:val="00DD6036"/>
     <w:rsid w:val="00DE203D"/>
+    <w:rsid w:val="00DE3A0F"/>
+    <w:rsid w:val="00DF25DB"/>
     <w:rsid w:val="00E03BE4"/>
     <w:rsid w:val="00E03E4B"/>
     <w:rsid w:val="00E04B5C"/>
     <w:rsid w:val="00E56E10"/>
     <w:rsid w:val="00E64282"/>
     <w:rsid w:val="00E74F0A"/>
     <w:rsid w:val="00E86E8A"/>
     <w:rsid w:val="00E93858"/>
     <w:rsid w:val="00EA704A"/>
     <w:rsid w:val="00EB6A6C"/>
     <w:rsid w:val="00EC2625"/>
     <w:rsid w:val="00EC4223"/>
     <w:rsid w:val="00ED6EEF"/>
     <w:rsid w:val="00EF38D1"/>
     <w:rsid w:val="00F06A5D"/>
+    <w:rsid w:val="00F06E77"/>
     <w:rsid w:val="00F20F62"/>
     <w:rsid w:val="00F3631E"/>
     <w:rsid w:val="00F531B5"/>
+    <w:rsid w:val="00F71520"/>
     <w:rsid w:val="00F7515B"/>
     <w:rsid w:val="00F7730C"/>
     <w:rsid w:val="00F832F9"/>
     <w:rsid w:val="00F94001"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FB0243"/>
+    <w:rsid w:val="00FB17D4"/>
+    <w:rsid w:val="00FF0F7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AE020DF"/>
@@ -17216,59 +17245,60 @@
     <w:rsid w:val="003D2FAF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006A58D7"/>
+    <w:rsid w:val="006544EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
+      <w:smallCaps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00385F5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
@@ -17371,54 +17401,55 @@
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003D2FAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006A58D7"/>
+    <w:rsid w:val="006544EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
+      <w:smallCaps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D47A4F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D47A4F"/>
@@ -17599,50 +17630,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF42E7"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BF42E7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="262626"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980E66"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980E66"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="59405330">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="559482992">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -17650,51 +17704,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2014607366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///U:\projects\Forms\2012Forms-newlogostyles\2-PermitFormTemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -17968,176 +18022,295 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2025-09-05T20:55:31.567Z"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D6E076782839B649897B46AAC35C2560" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="519bc8800b57fd4acd10bf981d3e6c4a">
-[...2 lines deleted...]
-    <xsd:import namespace="6986ebf5-dbbf-4efc-b123-773767dc3000"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DEF43A5EEDA7346839AA15369B58478" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05a98f438f68ea672a764ce5b8bec623">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xmlns:ns4="de73edb4-6766-4815-9b9f-1ecc03c96cc6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9687a56709f08ef9d24b52906e6ad6b9" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:import namespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...9 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:Form_x0020_Category" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:Permit_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns4:Internal_x002f_External_x0020_Use" minOccurs="0"/>
+                <xsd:element ref="ns4:Published_x0020_to_x0020_Website_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns4:Last_x0020_Updated_x0020_Date"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbc9ddb9-60f1-44dd-bacd-a60526c6a490" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="9" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="10" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="11" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de73edb4-6766-4815-9b9f-1ecc03c96cc6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Form_x0020_Category" ma:index="12" nillable="true" ma:displayName="Form Type" ma:default="-" ma:format="Dropdown" ma:internalName="Form_x0020_Category">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Application"/>
+          <xsd:enumeration value="Approval Request"/>
+          <xsd:enumeration value="Assessment"/>
+          <xsd:enumeration value="Certification"/>
+          <xsd:enumeration value="Compliance Statement"/>
+          <xsd:enumeration value="Permit Plan"/>
+          <xsd:enumeration value="Permit Transfer"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Vehicle Identification"/>
+          <xsd:enumeration value="Waiver"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="Permit_x0020_Type" ma:index="16" nillable="true" ma:displayName="Permit Type" ma:default="-" ma:format="Dropdown" ma:internalName="Permit_x0020_Type">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="All"/>
+          <xsd:enumeration value="General"/>
+          <xsd:enumeration value="Healthcare Facilities"/>
+          <xsd:enumeration value="Liquid Waste Hauler"/>
+          <xsd:enumeration value="Microbrewery"/>
+          <xsd:enumeration value="Sewer Cleaning Waste Hauler"/>
+          <xsd:enumeration value="Special Discharge"/>
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Standard, General, Special"/>
+          <xsd:enumeration value="Water Treatment"/>
+          <xsd:enumeration value="Zero Categorical Discharge"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...23 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="Doc_x0020_Type" ma:index="17" nillable="true" ma:displayName="Doc Type" ma:default="Word" ma:internalName="Doc_x0020_Type">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...6 lines deleted...]
-                </xsd:complexType>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Word"/>
+                    <xsd:enumeration value="Crystal Reports"/>
+                    <xsd:enumeration value="Excel"/>
+                    <xsd:enumeration value="PDF"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="Internal_x002f_External_x0020_Use" ma:index="18" nillable="true" ma:displayName="Internal/External Use" ma:default="-" ma:format="Dropdown" ma:internalName="Internal_x002f_External_x0020_Use">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="External Use"/>
+          <xsd:enumeration value="Internal Use"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+    <xsd:element name="Published_x0020_to_x0020_Website_x003f_" ma:index="19" nillable="true" ma:displayName="Published to Website?" ma:default="-" ma:internalName="Published_x0020_to_x0020_Website_x003f_">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="-"/>
+                    <xsd:enumeration value="No"/>
+                    <xsd:enumeration value="Yes"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Last_x0020_Updated_x0020_Date" ma:index="20" ma:displayName="Last Updated Date" ma:format="DateOnly" ma:internalName="Last_x0020_Updated_x0020_Date">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -18196,136 +18369,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Doc_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Word</Value>
+    </Doc_x0020_Type>
+    <Last_x0020_Updated_x0020_Date xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">2025-12-10T06:00:00+00:00</Last_x0020_Updated_x0020_Date>
+    <Permit_x0020_Type xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Microbrewery</Permit_x0020_Type>
+    <Form_x0020_Category xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">Application</Form_x0020_Category>
+    <Published_x0020_to_x0020_Website_x003f_ xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">
+      <Value>Yes</Value>
+    </Published_x0020_to_x0020_Website_x003f_>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+    <Internal_x002f_External_x0020_Use xmlns="de73edb4-6766-4815-9b9f-1ecc03c96cc6">External Use</Internal_x002f_External_x0020_Use>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-1775186713-63</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-1775186713-63</Url>
+      <Description>Y25ARKAS7VEQ-1775186713-63</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48689D83-67D7-4ACE-935C-94E14385C8DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58E535B9-BDBE-4549-B262-3849041A7A7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AF2D6FC-3C4E-4A02-A3C0-FF917E3B7FBE}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F88093B-F36F-4C9F-A617-41B573204F2A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3C6DAF0-0965-4A68-9C5F-B189147F3D6C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE5C72C8-B3AC-4FBC-8B29-3EB39D1C2376}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="fbc9ddb9-60f1-44dd-bacd-a60526c6a490"/>
-    <ds:schemaRef ds:uri="6986ebf5-dbbf-4efc-b123-773767dc3000"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F361C1D4-E87D-4442-B01B-C0E4B682CDCB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AF2D6FC-3C4E-4A02-A3C0-FF917E3B7FBE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="de73edb4-6766-4815-9b9f-1ecc03c96cc6"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2-PermitFormTemplate.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1661</Words>
-  <Characters>11682</Characters>
+  <Words>2069</Words>
+  <Characters>11796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1298</Lines>
-  <Paragraphs>230</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Discharge Permit Application for Microbreweries and Brewpubs</vt:lpstr>
+      <vt:lpstr>Industrial Discharge Permit Application for Microbreweries and Brewpubs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13113</CharactersWithSpaces>
+  <CharactersWithSpaces>13838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Discharge Permit Application for Microbreweries and Brewpubs</dc:title>
+  <dc:title>Industrial Discharge Permit Application for Microbreweries and Brewpubs</dc:title>
   <dc:subject>Permit form</dc:subject>
   <dc:creator/>
-  <cp:keywords>IWPP</cp:keywords>
-  <dc:description>Permit Application for Microbreweries- 2025</dc:description>
+  <cp:keywords>IWPP, MCES, Met Council</cp:keywords>
+  <dc:description>Dec 2025 - updated to remove MCES and text boxes, add fed tax name, update questions. </dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Application</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D6E076782839B649897B46AAC35C2560</vt:lpwstr>
+    <vt:lpwstr>0x0101009DEF43A5EEDA7346839AA15369B58478</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>be5f00d3-a67d-400b-b748-9b120218ad96</vt:lpwstr>
   </property>
 </Properties>
 </file>