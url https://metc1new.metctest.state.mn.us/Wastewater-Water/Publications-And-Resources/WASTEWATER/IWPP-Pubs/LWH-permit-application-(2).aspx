--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -1,1445 +1,1293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="749C56E1" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="2CBDEE39" w14:textId="0017EA7C" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
+        <w:t xml:space="preserve">   Industrial Waste </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00529">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="0D68DD8C" w14:textId="6E475896" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   390 Robert Street</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">   390 </w:t>
+      </w:r>
+      <w:r w:rsidR="00426E27">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> North</w:t>
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="0B07F95D" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00B06C97">
+    <w:p w14:paraId="4BF60C6C" w14:textId="47A0835C" w:rsidR="00723188" w:rsidRDefault="00CA395D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
-[...161 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="398A8BFA" wp14:editId="24638806">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-125730</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-217170</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="838835" cy="767080"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="7" name="Picture 1" descr="MetcMark4C 243x221"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838835" cy="767080"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00723188"/>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00723188" w:rsidP="004C6BDD">
+    <w:p w14:paraId="39476872" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
+    <w:p w14:paraId="037EB5C2" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188" w:rsidP="004C6BDD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F49A6" w:rsidRDefault="004C6BDD" w:rsidP="007F49A6">
+    <w:p w14:paraId="2F0F8CDF" w14:textId="77777777" w:rsidR="007F49A6" w:rsidRDefault="004C6BDD" w:rsidP="007F49A6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="360" w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>industrial discharge permit application</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C6BDD" w:rsidRDefault="00684D20" w:rsidP="007F49A6">
+    <w:p w14:paraId="029C261A" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="00684D20" w:rsidP="007F49A6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
           <w:color w:val="595959"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="004C6BDD" w:rsidRPr="00A8171D">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Liquid Waste Hauler</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Permits</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C6BDD" w:rsidRPr="0067247C" w:rsidRDefault="004C6BDD" w:rsidP="004C6BDD">
+    <w:p w14:paraId="3B6E53D1" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRPr="0067247C" w:rsidRDefault="004C6BDD" w:rsidP="004C6BDD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067247C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="7740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="2899BEB6" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="12923E64" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="005217D3" w:rsidP="00684D20">
+          <w:p w14:paraId="0F70350F" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="005217D3" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
-            <w:r w:rsidR="004C6BDD" w:rsidRPr="00214C93">
+            <w:r w:rsidR="004C6BDD">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="5EB032CD" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="26B627D2" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="2D361699" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="005217D3" w:rsidP="00684D20">
+          <w:p w14:paraId="0F0DB431" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="005217D3" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Company </w:t>
             </w:r>
-            <w:r w:rsidR="004C6BDD" w:rsidRPr="00214C93">
+            <w:r w:rsidR="004C6BDD">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="1BC66FA7" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="610A6C44" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="35226813" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="03FF7101" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="799EED81" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="52F920EC" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="67E85706" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="575F77B7" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>Mailing</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Address:</w:t>
+              <w:t>Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="04808EF6" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="17BB76E5" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="3A70E85C" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="006E4ABD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="188ED71C" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="3ADEFDCD" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="79EF883D" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="0DCCE55E" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="08880724" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Billing Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="6586A833" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="004C6BDD" w14:paraId="6AAF256D" w14:textId="77777777" w:rsidTr="00684D20">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="754A7296" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="441ACA05" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6BDD" w:rsidRPr="00214C93" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
+          <w:p w14:paraId="52C50073" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="00684D20">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="006E4ABD">
+    <w:p w14:paraId="5C3BA4C8" w14:textId="77777777" w:rsidR="004C6BDD" w:rsidRDefault="004C6BDD" w:rsidP="006E4ABD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004C6BDD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact Information</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10818" w:type="dxa"/>
+        <w:tblW w:w="10638" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1818"/>
-        <w:gridCol w:w="1530"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1440"/>
-        <w:gridCol w:w="3510"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="4050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidTr="00C80350">
+      <w:tr w:rsidR="007F711C" w14:paraId="5E11BF48" w14:textId="77777777" w:rsidTr="00513593">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00C903FA">
+          <w:p w14:paraId="772D72DB" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00AF7255">
+          <w:p w14:paraId="259C3279" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00AF7255">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
               <w:t>Title</w:t>
-            </w:r>
-[...32 lines deleted...]
-              <w:t>Cell Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00AF7255">
+          <w:p w14:paraId="7449099F" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
-[...6 lines deleted...]
-            <w:tcW w:w="3510" w:type="dxa"/>
+            <w:r>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00AF7255">
+          <w:p w14:paraId="31030569" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="006E4ABD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00214C93">
+            <w:r>
+              <w:t>Cell Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20364C17" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00AF7255">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
               <w:t>E-mail Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="007F711C" w14:paraId="223977E7" w14:textId="77777777" w:rsidTr="00513593">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00113405" w:rsidRDefault="00C80350" w:rsidP="00C903FA">
+          <w:p w14:paraId="69E41E72" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Primary contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F70EDD4" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60C5DD" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D93A632" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="4050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C805494" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="007F711C" w14:paraId="6E22CF58" w14:textId="77777777" w:rsidTr="00513593">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00113405" w:rsidRDefault="00C80350" w:rsidP="00C80350">
+          <w:p w14:paraId="11B98CFF" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Field contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1662CF55" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B8A84C" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="321D6332" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="4050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1531C2" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="007F711C" w14:paraId="645901E3" w14:textId="77777777" w:rsidTr="00513593">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00113405" w:rsidRDefault="00C80350" w:rsidP="00C903FA">
+          <w:p w14:paraId="48794413" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Billing contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F357653" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71093DCB" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A948777" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="4050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D425238" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...10 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidTr="00684D20">
+      <w:tr w:rsidR="007F711C" w14:paraId="0C1F9CB9" w14:textId="77777777" w:rsidTr="00513593">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C80350" w:rsidRPr="00113405" w:rsidRDefault="00C80350" w:rsidP="00C80350">
+          <w:p w14:paraId="45AA4F9C" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Alternate contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BCEDF6" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3801CB7D" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E83B13" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00C80350" w:rsidRPr="00214C93" w:rsidRDefault="00C80350" w:rsidP="00CC51CF">
+            <w:tcW w:w="4050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C6F7DD" w14:textId="77777777" w:rsidR="007F711C" w:rsidRDefault="007F711C" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0631F" w:rsidRPr="00E81187" w:rsidRDefault="006E4ABD" w:rsidP="005E4764">
+    <w:p w14:paraId="33CC2AF7" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00E81187" w:rsidRDefault="006E4ABD" w:rsidP="005E4764">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00374280">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MPCA </w:t>
       </w:r>
       <w:r w:rsidR="00D22912">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">(SSTS) </w:t>
       </w:r>
       <w:r w:rsidRPr="00374280">
@@ -1619,51 +1467,51 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>aulers</w:t>
       </w:r>
       <w:r w:rsidR="00D22912" w:rsidRPr="00D22912">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00D22912" w:rsidRPr="00D22912">
         <w:t xml:space="preserve">SSTS - </w:t>
       </w:r>
       <w:r w:rsidR="00C80350" w:rsidRPr="00D22912">
         <w:t>subsurface sewage treatment system</w:t>
       </w:r>
       <w:r w:rsidR="00C80350" w:rsidRPr="00E81187">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA40F5" w:rsidRDefault="00EA40F5" w:rsidP="005E4764">
+    <w:p w14:paraId="3A9923B1" w14:textId="77777777" w:rsidR="00EA40F5" w:rsidRPr="00EF1712" w:rsidRDefault="00EA40F5" w:rsidP="005E4764">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4764">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Federal Tax ID Number:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
@@ -2221,5960 +2069,5379 @@
       <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="005659A1">
+    <w:p w14:paraId="1059C0F0" w14:textId="118C3CAD" w:rsidR="00F433F7" w:rsidRDefault="00F433F7" w:rsidP="005E4764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Business name as noted on federal tax forms:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005B3068">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3068">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513A33">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFB0E9A" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="005659A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vehicle Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00A0631F">
+    <w:p w14:paraId="7D6BE07D" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00A0631F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>List of Vehicles:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00A0631F">
+    <w:p w14:paraId="2E90249B" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00A0631F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="60" w:after="120"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006727CC" w:rsidRPr="00A0631F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> more than 5 vehicles are used, please attach </w:t>
       </w:r>
       <w:r w:rsidR="00C80350">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">additional vehicle </w:t>
       </w:r>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>information to this application)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2178"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1638"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="1505"/>
+        <w:gridCol w:w="974"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1679"/>
+        <w:gridCol w:w="1862"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A61EB2" w:rsidRPr="00383D93" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="2C0435BC" w14:textId="7E9F4BE1" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD91843" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>License Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2584A6E5" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Chassis Make</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D037009" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE0919" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Cab Color</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DFD96D" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Tank Color</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRPr="00383D93" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A5002A" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383D93">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Capacity (gal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="402F0554" w14:textId="3D4D0DB6" w:rsidR="00D0453D" w:rsidRDefault="00C27B16" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004141FF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>iameter of d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ischarge c</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0453D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>onnection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61EB2" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="62D1FB62" w14:textId="0429E722" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388E250B" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402FF63B" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B060A1B" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+          <w:p w14:paraId="01BE6B07" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="011CAE62" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="445A99FB" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5694B780" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61EB2" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="6869A8B3" w14:textId="74553F90" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA5B718" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6DDB0C" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D795890" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+          <w:p w14:paraId="43477A3C" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2829152F" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1E6731" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0574701A" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61EB2" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="4CCC637A" w14:textId="5A1BAD1A" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3879DC6E" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="360A360A" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C7DB73" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+          <w:p w14:paraId="4E3A9EFF" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F27CC5" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A96D21" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CCB3EE" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61EB2" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="50B7B62E" w14:textId="1C52B7B8" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58112D04" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F8C94C" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544F3017" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+          <w:p w14:paraId="7CF4C721" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558848F4" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68639E2B" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5EDA59" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61EB2" w:rsidTr="00383D93">
+      <w:tr w:rsidR="004141FF" w14:paraId="42A0B43E" w14:textId="3735B5ED" w:rsidTr="00807CB1">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D4E565" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C710FA3" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08719FAF" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+          <w:p w14:paraId="0A07AA49" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631C5E5A" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1638" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="00383D93">
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="525C8680" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22911DE4" w14:textId="77777777" w:rsidR="00D0453D" w:rsidRDefault="00D0453D" w:rsidP="00383D93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A0631F" w:rsidRPr="00AF7255" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
+    <w:p w14:paraId="7AD75D3E" w14:textId="77777777" w:rsidR="00AF7255" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF7255">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Diameter of discharge connection on truck(s):</w:t>
-[...71 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:t>nches</w:t>
-[...8 lines deleted...]
-        <w:t>(if different for each truck, please indicate in B.1.)</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enclose a photograph of each vehicle listed above with this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF7255" w:rsidRPr="005E4764" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
-[...21 lines deleted...]
-    <w:p w:rsidR="00AF7255" w:rsidRPr="00E81187" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
+    <w:p w14:paraId="3320FD9F" w14:textId="77777777" w:rsidR="00AF7255" w:rsidRPr="00E81187" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Operations:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="648" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="630"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2718"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="2650"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="1748"/>
+        <w:gridCol w:w="2670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E81187" w:rsidTr="00794B31">
+      <w:tr w:rsidR="00E81187" w14:paraId="68ACED59" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRPr="00794B31" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="13AE9E65" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00794B31">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
               <w:t>1 a.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="2CFF562B" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Operating days per week:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="5A99826A" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="4E2D11B2" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="320CB6CD" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="2CCDA7D9" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81187" w:rsidTr="00794B31">
+      <w:tr w:rsidR="00E81187" w14:paraId="62F8B795" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRPr="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="4D1A4E0A" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00794B31">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00E81187" w:rsidRPr="00794B31">
+            <w:r w:rsidR="00E81187">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="0530C641" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Hours of Operation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="3B325F50" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="167F66A4" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">AM to </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="30916E9B" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="564CFFA8" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>PM (weekdays)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00794B31" w:rsidTr="00794B31">
+      <w:tr w:rsidR="00794B31" w14:paraId="03768AA1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRPr="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="7AA7AA03" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="0D3241F5" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="5C191A0F" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="4A09AB48" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">AM to </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="6FFCD054" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="50D12B4A" w14:textId="77777777" w:rsidR="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>PM (weekends)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81187" w:rsidTr="00794B31">
+      <w:tr w:rsidR="00E81187" w14:paraId="4CFAF754" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRPr="00794B31" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="75B106AC" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00794B31">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00E81187" w:rsidRPr="00794B31">
+            <w:r w:rsidR="00E81187">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> c.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
+          <w:p w14:paraId="2359D991" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00794B31" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Number of Drivers:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="48FC4480" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="10DCBE84" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="7F858386" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
+          <w:p w14:paraId="4013A703" w14:textId="77777777" w:rsidR="00E81187" w:rsidRDefault="00E81187" w:rsidP="00E81187">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF7255" w:rsidRPr="0061108C" w:rsidRDefault="00AF7255" w:rsidP="00794B31">
+    <w:p w14:paraId="52EF382B" w14:textId="1AF3C1F3" w:rsidR="00AF7255" w:rsidRDefault="00AF7255" w:rsidP="00794B31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF7255">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0061108C">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...1 lines deleted...]
-        <w:t>Indicate the type(s) of waste to be hauled and discharged at MCES disposal sites:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate the type(s) of waste to be hauled and discharged at </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4656">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>disposal sites:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="4230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="598BA58C" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="005457C7" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="3E4A9D9E" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="4F8D81A0" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Waste Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="02B2BF0E" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="1E582D17" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="37C69D41" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Waste Type </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="5A9AFE13" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="5D5ACB04" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="7F2B4C83" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Domestic Septage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="3B234BA8" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="541A2E7E" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="0B767609" w14:textId="529877D4" w:rsidR="00CA72DC" w:rsidRDefault="006643D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Landfill Leachate</w:t>
+              <w:t>Industrial Waste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="17D3CCC0" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="071211B2" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="5B3D97A1" w14:textId="6D1BA8AE" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Domestic Holding Tanks</w:t>
+              <w:t>Domestic Holding Tank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="64EEDDA4" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="3AB9DAD5" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="070CF9B2" w14:textId="1FE8C427" w:rsidR="00CA72DC" w:rsidRDefault="006643D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Portable Toilet Waste</w:t>
+              <w:t>Landfill Leachate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="2F50079D" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="3362A63C" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="6A902662" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Commercial Waste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="371D6E98" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="7F2893C2" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="52B971D0" w14:textId="000B9650" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Out-of-Service (OSA) Grease Traps</w:t>
+              <w:t>Out-of-Service</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41E9F">
+              <w:t xml:space="preserve"> Area</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (OSA) Grease Trap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="59249DD1" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="2C40DDB7" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="4F867A7D" w14:textId="3224ABBD" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Commercial Holding Tanks</w:t>
+              <w:t>Commercial Holding Tank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="7515F269" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="6601A0A6" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="677CFFE8" w14:textId="27D58CA5" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Out-of-Service (OSA) Domestic Waste</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+              <w:t xml:space="preserve">Out-of-Service </w:t>
+            </w:r>
+            <w:r w:rsidR="00D41E9F">
+              <w:t xml:space="preserve">Area </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(OSA) Domestic Waste</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41724DEF" w14:textId="4E0CC603" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>(from 13 counties adjacent to Metro Area)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="27ACE801" w14:textId="77777777" w:rsidTr="4402755E">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="6CC74C84" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="34CF4BE1" w14:textId="0AB33A52" w:rsidR="00CA72DC" w:rsidRDefault="0003288E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Industrial Waste</w:t>
+              <w:t>Portable Toilet Waste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="0F9ECE2F" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="5A589393" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="13225894" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF7255" w:rsidRPr="0061108C" w:rsidRDefault="001317EB" w:rsidP="00D22912">
+    <w:p w14:paraId="2F4D37B8" w14:textId="77777777" w:rsidR="00AF7255" w:rsidRDefault="001317EB" w:rsidP="00D22912">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0061108C">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>List the counties that this company is currently serving</w:t>
       </w:r>
-      <w:r w:rsidR="00113405" w:rsidRPr="0061108C">
+      <w:r w:rsidR="00113405">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> or plans to serve</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061108C">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3060"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="3060"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="3060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00CA72DC" w14:paraId="42383358" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="005457C7" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="405F6104" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="2619A1C2" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="405F5802" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
-          </w:p>
-[...60 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-        </w:tc>
+          <w:p w14:paraId="24C017F9" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78647DBA" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA72DC" w14:paraId="249DE3BD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="01168AAB" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="58D27179" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...17 lines deleted...]
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="1C58275F" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="7CEB227A" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="6396A0A6" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA72DC" w14:paraId="5C1479A1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58367E8F" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="3DA216EE" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...17 lines deleted...]
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="0E568048" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="2783F923" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="0CF98949" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA72DC" w14:paraId="3B9CFB4F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188AF39A" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="25B013D1" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="6EF50D98" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1763CC" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5C7261" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRDefault="00CA72DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001317EB" w:rsidRPr="0061108C" w:rsidRDefault="0033470F" w:rsidP="0033470F">
+    <w:p w14:paraId="1061DA26" w14:textId="2C66D213" w:rsidR="001317EB" w:rsidRDefault="0033470F" w:rsidP="0033470F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00690BCA" w:rsidRPr="0061108C">
+      <w:r w:rsidR="00690BCA">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Indicate</w:t>
       </w:r>
-      <w:r w:rsidR="005659A1" w:rsidRPr="0061108C">
+      <w:r w:rsidR="005659A1">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="0061108C">
+      <w:r w:rsidR="00502F2F">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00ED7DC8" w:rsidRPr="0061108C">
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74E5D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r w:rsidR="00502F2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liquid Waste </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7DC8">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Receiving </w:t>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="0061108C">
+      <w:r w:rsidR="00E00529">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(LWR) </w:t>
+      </w:r>
+      <w:r w:rsidR="00502F2F">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>site(s) that this company plans to use:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="6408" w:type="dxa"/>
-        <w:tblInd w:w="1440" w:type="dxa"/>
+        <w:tblW w:w="9576" w:type="dxa"/>
+        <w:tblInd w:w="607" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="900"/>
-        <w:gridCol w:w="5508"/>
+        <w:gridCol w:w="767"/>
+        <w:gridCol w:w="4532"/>
+        <w:gridCol w:w="4277"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="001D6A5E" w14:paraId="6801DAB2" w14:textId="00799845" w:rsidTr="00412598">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="14FA8C1E" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="002E5A1F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADE2A18" w14:textId="6BFB9F8C" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="002E5A1F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Approved Liquid Waste Hauler Receiving Sites</w:t>
+              <w:t>Liquid Waste Receiving Sites</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D33F18" w14:textId="3126C842" w:rsidR="001D6A5E" w:rsidDel="005006FF" w:rsidRDefault="032B9A46" w:rsidP="3D79EE17">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3D79EE17">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Accepted Waste Types</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="001D6A5E" w14:paraId="47DDF19A" w14:textId="4BDC8333" w:rsidTr="00412598">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2FC1CC" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="052A6E81" w14:textId="3C6707E7" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00502F2F">
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Metropolitan LWR (MCES WWTP in St. Paul)</w:t>
+              <w:t>Metropolitan LWR (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00E162D3">
+              <w:t xml:space="preserve">ater </w:t>
+            </w:r>
+            <w:r>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00E162D3">
+              <w:t xml:space="preserve">esource </w:t>
+            </w:r>
+            <w:r>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00E162D3">
+              <w:t xml:space="preserve">ecovery </w:t>
+            </w:r>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00E162D3">
+              <w:t>acility (WRRF)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00502F2F">
+              <w:t xml:space="preserve"> in St. Paul)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A22579" w14:textId="1CCF3DB3" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Domestic, </w:t>
+            </w:r>
+            <w:r w:rsidR="000163DB">
+              <w:t xml:space="preserve">Portable Toilet, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE5AC9">
+              <w:t>Commercial, Restaurant</w:t>
+            </w:r>
+            <w:r w:rsidR="00223D2B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B38BA">
+              <w:t>Grease</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8761E">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004B38BA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="001D6A5E" w14:paraId="313EE8D5" w14:textId="3C9A7208" w:rsidTr="00412598">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="288A7744" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="630E28C5" w14:textId="54E26F43" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00502F2F">
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Blue Lake LWR (MCES WWTP in Shakopee)</w:t>
+              <w:t>Blue Lake LWR (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>WRRF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00502F2F">
+              <w:t xml:space="preserve"> in Shakopee)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1572C7" w14:textId="6542ED75" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Domestic</w:t>
+            </w:r>
+            <w:r w:rsidR="004B38BA">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001579A5">
+              <w:t xml:space="preserve">Portable Toilet, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Commercial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="001D6A5E" w14:paraId="4A92F47C" w14:textId="7BFE2A95" w:rsidTr="00412598">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5576EFFF" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE1E174" w14:textId="71989DA8" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00502F2F">
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Empire LWR (MCES WWTP in Empire)</w:t>
+              <w:t>Empire LWR (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>WRRF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00502F2F">
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:r w:rsidR="004D4000">
+              <w:t>Farmington</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00502F2F">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B48313" w14:textId="31CAE232" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="004B38BA" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Domestic</w:t>
+            </w:r>
+            <w:r w:rsidR="0014131B">
+              <w:t>, Portable Toilet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="001D6A5E" w14:paraId="528E6457" w14:textId="4025E2EE" w:rsidTr="00412598">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BA0E9E" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CF8782" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00502F2F">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Fridley LWR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="087FA7AB" w14:textId="6C2D1CBD" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="004B38BA" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Domestic, </w:t>
+            </w:r>
+            <w:r w:rsidR="0014131B">
+              <w:t>Portable Toilet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D6A5E" w14:paraId="4421021C" w14:textId="6611A473" w:rsidTr="00412598">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2615225C" w14:textId="77777777" w:rsidR="001D6A5E" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D3EC68" w14:textId="62882FB2" w:rsidR="001D6A5E" w:rsidRPr="00502F2F" w:rsidRDefault="001D6A5E" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Seneca LWR (WRRF in Eagan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDEAFAF" w14:textId="6CC76685" w:rsidR="001D6A5E" w:rsidRDefault="008C7670" w:rsidP="0020525D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Domestic</w:t>
+            </w:r>
+            <w:r w:rsidR="0014131B">
+              <w:t>, Portable Toilet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF60FB" w:rsidRPr="00DF60FB" w:rsidRDefault="00DF60FB" w:rsidP="00502F2F">
+    <w:p w14:paraId="3BAC2D7B" w14:textId="77777777" w:rsidR="00502F2F" w:rsidRPr="00502F2F" w:rsidRDefault="00502F2F" w:rsidP="00502F2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DF60FB">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Estimate the volume (in gallons) of liquid waste to be discharged per year:</w:t>
+        <w:t>Does this company currently use land applications as a disposal method?</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Check14"/>
+      <w:bookmarkStart w:id="9" w:name="Check14"/>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00E11C37">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E11C37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502F2F" w:rsidRPr="004A5F82" w:rsidRDefault="00502F2F" w:rsidP="00502F2F">
+    <w:p w14:paraId="57599349" w14:textId="77777777" w:rsidR="00502F2F" w:rsidRPr="004A5F82" w:rsidRDefault="00502F2F" w:rsidP="00502F2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0061108C">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>Does this company currently use other dispos</w:t>
       </w:r>
-      <w:r w:rsidR="00FB6304" w:rsidRPr="0061108C">
+      <w:r w:rsidR="00FB6304">
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061108C">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...10 lines deleted...]
-        <w:t>ons outside the Metro Area?</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> locations outside the Metro Area?</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00E11C37">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5F82" w:rsidRPr="00DF60FB" w:rsidRDefault="004A5F82" w:rsidP="00DF60FB">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="22743BED" w14:textId="77777777" w:rsidR="004A5F82" w:rsidRDefault="004A5F82" w:rsidP="004A5F82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240"/>
         <w:ind w:left="1080"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
         <w:t>If Yes, please list:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF60FB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9738"/>
+        <w:gridCol w:w="9720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="07EC8CB2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="602BB5DB" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="21233DD6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="18DE3EFD" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="30807002" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="600810FC" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A5F82" w:rsidRPr="0061108C" w:rsidRDefault="004A5F82" w:rsidP="004A5F82">
+    <w:p w14:paraId="4A55DC1C" w14:textId="77777777" w:rsidR="004A5F82" w:rsidRDefault="004A5F82" w:rsidP="004A5F82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0061108C">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>Does this company plan to add services or trucks and/or expand areas of operation?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB6304" w:rsidRDefault="00E11C37" w:rsidP="00FB6304">
+    <w:p w14:paraId="5AEA00C7" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00E11C37" w:rsidP="00FB6304">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>If Yes, please describe:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9738"/>
+        <w:gridCol w:w="9720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="730DE36F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="5E2CADA1" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="4D836C65" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="76DB1361" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00FB6304" w14:paraId="1282CC60" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="45E237C8" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E11C37" w:rsidRPr="00E11C37" w:rsidRDefault="004A5F82" w:rsidP="007F49A6">
+    <w:p w14:paraId="3EE734C0" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00E11C37" w:rsidRDefault="004A5F82" w:rsidP="007F49A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00E11C37" w:rsidRPr="00E11C37">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Certification of Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="46DF743B" w14:textId="68533251" w:rsidR="00E11C37" w:rsidRPr="00BA5D37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B7E7D">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5D37">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I certify under penalty of law that this document and all attachments were prepared under my direction or supervision in accordance with a system designed to ensure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA5D37">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B7E7D">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA5D37">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-        <w:t>sure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry of the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.”</w:t>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E11C37" w:rsidRPr="0080576A" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="057AC40B" w14:textId="5ABE3ABF" w:rsidR="00E11C37" w:rsidRPr="0080576A" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>This form must be signed by a Signatory Authority.  Please refer to and complete the attachment “Certification of Signatory Authority.”</w:t>
+        <w:t>This form must be signed by a Signatory Authority. Please refer to and complete the attachment “Certification of Signatory Authority.”</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="7128"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00E11C37" w14:paraId="02540756" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="51BF8DD9" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
               <w:t>Name (Print):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="3CB18BFC" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00E11C37" w14:paraId="02D42FA3" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="6CAA17FA" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="5466B254" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00E11C37" w14:paraId="3E92E7F7" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="21344201" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="6CD4E645" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00E11C37" w14:paraId="6B0A4F23" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="24D9D529" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="53D344FC" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00E11C37" w14:paraId="529DC473" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="058AD885" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC058B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="3AA121E3" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="09865875" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:spacing w:before="840"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Send completed application</w:t>
       </w:r>
       <w:r w:rsidR="00200549">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, attachments and vehicle photographs </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
-[...1 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="7E7F0DC1" w14:textId="69D459C2" w:rsidR="00072CCB" w:rsidRDefault="004F167E" w:rsidP="004F167E">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="360"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00D92888">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Iwpp@metc.state.mn.us</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00072CCB">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FC2A78" w14:textId="1DF942A9" w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="000B0DE5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="5400"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>ndustrial Waste and Pollution Prevention Section</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>90 Robert Street</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">90 </w:t>
+      </w:r>
+      <w:r w:rsidR="0039340B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">North </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>North</w:t>
+        <w:t>Robert Street</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br/>
         <w:t>St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B1CF1" w:rsidRDefault="008B1CF1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0096294B" w14:paraId="5B0C63DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7F53E9" w14:textId="77777777" w:rsidR="0096294B" w:rsidRPr="0096294B" w:rsidRDefault="0096294B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096294B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>Office use only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5576BF73" w14:textId="4FF2AA62" w:rsidR="0096294B" w:rsidRDefault="0096294B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="479B7D7D" w14:textId="77777777" w:rsidR="0096294B" w:rsidRDefault="0096294B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3329EEAA" w14:textId="77777777" w:rsidR="0096294B" w:rsidRDefault="0096294B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit # ________ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB5C9D2" w14:textId="77777777" w:rsidR="0096294B" w:rsidRDefault="0096294B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Permit Staff ______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="41F5E648" w14:textId="32F7F9F7" w:rsidR="008B1CF1" w:rsidRDefault="008B1CF1">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00B06C97">
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008B1CF1" w:rsidRPr="00FF7615" w:rsidRDefault="008B1CF1" w:rsidP="00CB24E2">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2150" w:y="-632"/>
+    <w:p w14:paraId="119023D7" w14:textId="77777777" w:rsidR="008B1CF1" w:rsidRPr="00432A30" w:rsidRDefault="008B1CF1" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2101" w:y="-203"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF7615">
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B1CF1" w:rsidRPr="00FF7615" w:rsidRDefault="008B1CF1" w:rsidP="00CB24E2">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2150" w:y="-632"/>
+    <w:p w14:paraId="61BBA4C1" w14:textId="77777777" w:rsidR="008B1CF1" w:rsidRPr="00432A30" w:rsidRDefault="008B1CF1" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2101" w:y="-203"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B1CF1" w:rsidRPr="00FF7615" w:rsidRDefault="008B1CF1" w:rsidP="00CB24E2">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2150" w:y="-632"/>
+    <w:p w14:paraId="76AC5C0C" w14:textId="77777777" w:rsidR="008B1CF1" w:rsidRPr="00432A30" w:rsidRDefault="008B1CF1" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2101" w:y="-203"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve">   390 North Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B1CF1" w:rsidRPr="00FF7615" w:rsidRDefault="008B1CF1" w:rsidP="00CB24E2">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2150" w:y="-632"/>
+    <w:p w14:paraId="4D5433B1" w14:textId="77777777" w:rsidR="008B1CF1" w:rsidRPr="00432A30" w:rsidRDefault="008B1CF1" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2101" w:y="-203"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
-      <w:r w:rsidR="0099455F">
+      <w:r w:rsidR="0099455F" w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF7615">
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302E07" w:rsidRDefault="00B06C97" w:rsidP="00A24C59">
+    <w:p w14:paraId="3F3EAB5B" w14:textId="77777777" w:rsidR="00443914" w:rsidRDefault="00443914" w:rsidP="00A24C59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="600" w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63369D66" w14:textId="77777777" w:rsidR="00443914" w:rsidRDefault="00443914" w:rsidP="00A24C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="600" w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="324FE68B" w14:textId="624098E6" w:rsidR="00302E07" w:rsidRDefault="00CA395D" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
-[...4 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58563292" wp14:editId="18C7DA54">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-140970</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-254000</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="838835" cy="767715"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="6" name="Picture 3" descr="MetcMark4C 243x221"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="MetcMark4C 243x221"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838835" cy="767715"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00302E07">
         <w:t>Certification and acknowlegdement of “property Served”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302E07" w:rsidRPr="002D1805" w:rsidRDefault="00302E07" w:rsidP="00A24C59">
+    <w:p w14:paraId="3E4C22C9" w14:textId="77777777" w:rsidR="00302E07" w:rsidRPr="002D1805" w:rsidRDefault="00302E07" w:rsidP="00A24C59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="002D1805">
         <w:t>Liquid Waste Hauler Industrial Discharge Permit Application Attachment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302E07" w:rsidRPr="000C2527" w:rsidRDefault="00302E07" w:rsidP="00302E07">
+    <w:p w14:paraId="09DF4D05" w14:textId="1BFB61CA" w:rsidR="00302E07" w:rsidRPr="000C2527" w:rsidRDefault="00302E07" w:rsidP="00302E07">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00B3369D">
         <w:t xml:space="preserve">All Liquid Waste Hauler Permit Applicants are required to complete </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3369D">
-        <w:t>form and return it as part of the permit application process.  Metropolitan Council requires this information for collection of past-due accounts, such as those for Load Charges and annual Permit fees.  If administrative collection procedures are unsuccessful, provisions in Minnesota law allow the Metropolitan Council to certify the amount due to the county to be collected as a property tax assessment.  Due to the nature of the liquid waste hauling business, and the generally more rural locations from which haulers operate, it is necessary for Metropolitan Council records to identify the “Property Se</w:t>
+        <w:t>form and return it as part of the permit application process. Metropolitan Council requires this information for collection of past-due accounts, such as those for Load Charges and annual Permit fees. If administrative collection procedures are unsuccessful, provisions in Minnesota law allow the Metropolitan Council to certify the amount due to the county to be collected as a property tax assessment. Due to the nature of the liquid waste hauling business, and the generally more rural locations from which haulers operate, it is necessary for Metropolitan Council records to identify the “Property Se</w:t>
       </w:r>
       <w:r>
         <w:t>rved” for collections purposes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302E07" w:rsidRPr="00E11C37" w:rsidRDefault="00302E07" w:rsidP="00302E07">
+    <w:p w14:paraId="569A5DAE" w14:textId="77777777" w:rsidR="00302E07" w:rsidRPr="00E11C37" w:rsidRDefault="00302E07" w:rsidP="00302E07">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11C37">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Certification and Acknowledgement Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302E07" w:rsidRDefault="00302E07" w:rsidP="00A24C59">
+    <w:p w14:paraId="7B08C422" w14:textId="77777777" w:rsidR="00302E07" w:rsidRDefault="00302E07" w:rsidP="00A24C59">
       <w:pPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00B3369D">
         <w:t xml:space="preserve">The Permittee hereby certifies to the Metropolitan Council that the property listed below for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3369D">
         <w:t xml:space="preserve">Industrial Discharge Permit (Liquid Waste Hauler) </w:t>
       </w:r>
       <w:r w:rsidR="00E11C37">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>pplicant</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3369D">
         <w:t>, hereinafter the Permittee’s “Business Address” or the “Property,” is either owned by or leased to the Permittee.  Further, the Permittee specifically acknowledges for the purposes of Minn. Stat. § 473.517 subd.10, that the Permittee’s Business Address constitutes the “property served” by the Metropolitan Disposal System and is therefore subject to the collection mechanisms defined in Minn. Stat. § 473.517 subd.10, and that the Metropolitan Council may certify any unpaid amount to the appropriate county auditor as a tax for collection on the Property.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2808"/>
-        <w:gridCol w:w="4950"/>
+        <w:gridCol w:w="2804"/>
+        <w:gridCol w:w="4940"/>
         <w:gridCol w:w="1030"/>
-        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2026"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E415F" w:rsidTr="00A24C59">
+      <w:tr w:rsidR="002E415F" w14:paraId="65AB8D98" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="1A594A15" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Name of Signatory Authority:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="6E7BD9AC" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="00A24C59" w:rsidP="00590097">
+          <w:p w14:paraId="205A97B8" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="4E7B279D" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24C59" w:rsidTr="00A24C59">
+      <w:tr w:rsidR="00A24C59" w14:paraId="6D128241" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
+          <w:p w14:paraId="0163FF14" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
+          <w:p w14:paraId="743D433B" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
+          <w:p w14:paraId="6D492BA3" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
+          <w:p w14:paraId="2B1C05AD" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="00A24C59">
+      <w:tr w:rsidR="002E415F" w14:paraId="549F4D97" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="7A1BF198" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="1D104956" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="14DA1820" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="0DDC39BA" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="00A24C59">
+      <w:tr w:rsidR="002E415F" w14:paraId="0DB83916" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="7E707C75" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Business Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="3C639635" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="538632EA" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="5E5C15AB" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24C59" w:rsidTr="00A24C59">
+      <w:tr w:rsidR="00A24C59" w14:paraId="2CA90D07" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00590097">
+          <w:p w14:paraId="6F72AD0C" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Business Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00590097">
+          <w:p w14:paraId="1D659E12" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00590097">
+          <w:p w14:paraId="5E6DE3FE" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24C59" w:rsidRDefault="00A24C59" w:rsidP="00590097">
-[...45 lines deleted...]
-          <w:p w:rsidR="0061108C" w:rsidRDefault="0061108C" w:rsidP="00590097">
+          <w:p w14:paraId="38D05DBE" w14:textId="77777777" w:rsidR="00A24C59" w:rsidRDefault="00A24C59">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="44A1F78F" w14:textId="77777777" w:rsidR="00E957FB" w:rsidRDefault="00E957FB">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560B0272" w14:textId="7AC9E507" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00B06C97">
+      <w:r w:rsidR="00CA395D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...38 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DDEEFD0" wp14:editId="2F0D1821">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-144780</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-198120</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="838835" cy="767080"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="12" name="Picture 2" descr="MetcMark4C 243x221"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 12" descr="MetcMark4C 243x221"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838835" cy="767080"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
-[...2 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2116" w:y="-684"/>
+    <w:p w14:paraId="5B2CEB9E" w14:textId="77777777" w:rsidR="00FB17B3" w:rsidRPr="00432A30" w:rsidRDefault="00FB17B3" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2137" w:y="-251"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF7615">
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E4764" w:rsidRPr="00FF7615" w:rsidRDefault="005E4764" w:rsidP="005E4764">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2116" w:y="-684"/>
+    <w:p w14:paraId="6557FD9D" w14:textId="77777777" w:rsidR="00FB17B3" w:rsidRPr="00432A30" w:rsidRDefault="00FB17B3" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2137" w:y="-251"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
+          <w:color w:val="747474"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Industrial Waste and Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E4764" w:rsidRPr="00FF7615" w:rsidRDefault="005E4764" w:rsidP="005E4764">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2116" w:y="-684"/>
+    <w:p w14:paraId="7BA95B7B" w14:textId="77777777" w:rsidR="00FB17B3" w:rsidRPr="00432A30" w:rsidRDefault="00FB17B3" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2137" w:y="-251"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t xml:space="preserve">   390 North Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E4764" w:rsidRPr="00FF7615" w:rsidRDefault="005E4764" w:rsidP="005E4764">
-[...1 lines deleted...]
-        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2116" w:y="-684"/>
+    <w:p w14:paraId="2B2769A8" w14:textId="77777777" w:rsidR="00FB17B3" w:rsidRPr="00432A30" w:rsidRDefault="00FB17B3" w:rsidP="00FB17B3">
+      <w:pPr>
+        <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2137" w:y="-251"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="747474"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00432A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="A6A6A6"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 55101-1805</w:t>
+          <w:color w:val="747474"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="7F69C220" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
+    <w:p w14:paraId="60E48744" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
+    <w:p w14:paraId="47B299F5" w14:textId="77777777" w:rsidR="00FB17B3" w:rsidRDefault="00FB17B3" w:rsidP="002E415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A26158B" w14:textId="220C29F6" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>Certification of Signatory Authority</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E415F" w:rsidRPr="004A1301" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="6215472B" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="004A1301" w:rsidRDefault="002E415F" w:rsidP="002E415F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Liquid Waste hauler</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="65581602" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
       <w:r>
         <w:t>I, the undersigned, do hereby certify that I meet the definition of a signatory authority as outlined below:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
+    <w:p w14:paraId="7F513F50" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10908"/>
+        <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E415F" w:rsidTr="00590097">
+      <w:tr w:rsidR="002E415F" w14:paraId="53442C1F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="6AF6D22D" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:r>
               <w:t>Signatories must be one of the following as found in 40 CFR 403.12(l):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="19E9FAC4" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="4045F2C4" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">a president, secretary, treasurer, or vice-president of the corporation in charge of a principle business function, or any other person who performs similar policy- or decision-making functions for the corporation, or </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+              <w:t xml:space="preserve">a president, secretary, treasurer, or vice-president of the corporation in charge of a </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>principle</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> business function, or any other person who performs similar policy- or decision-making functions for the corporation, or </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="567F2092" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">the manager of one or more manufacturing, production, or operating facilities, provided, the manager is authorized to make management decisions which govern the operation of the regulated facility, including having the explicit or implicit duty of making major capital investment recommendations, and initiate and direct other comprehensive measures to assure long-term environmental compliance with environmental laws and regulations; can ensure that the necessary systems are established or actions taken to gather complete and accurate information for control mechanism requirements; and where authority to sign documents has been assigned or delegated to the manager in accordance with corporate procedures. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="661152EF" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">For a partnership or sole proprietorship; a general partner or proprietor, respectively. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="41A7891E" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">For a public agency: a general manager, department manager, or supervisor of a public agency who performs policy or decision-making functions for the public agency. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="795D9480" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
       </w:pPr>
       <w:r>
-        <w:t>I accept the responsibility for the operation of the company and/or the compliance with all regulatory requirements for the company.</w:t>
+        <w:t xml:space="preserve">I accept </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the responsibility</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for the operation of the company and/or the compliance with all regulatory requirements for the company.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2808"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="2805"/>
+        <w:gridCol w:w="5209"/>
+        <w:gridCol w:w="1169"/>
+        <w:gridCol w:w="1617"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E415F" w:rsidTr="0061108C">
+      <w:tr w:rsidR="002E415F" w14:paraId="07B0ED91" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="0061108C" w:rsidP="00590097">
+          <w:p w14:paraId="1616DA47" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="0061108C">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="002E415F">
               <w:t>Signatory Authority:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="05C09F4D" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="49AC07B7" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="67B0E0E7" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="0061108C">
+      <w:tr w:rsidR="002E415F" w14:paraId="0EA03962" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="29967984" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="0CC08C61" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="51D62D65" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="20985276" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="0061108C">
+      <w:tr w:rsidR="002E415F" w14:paraId="39871C32" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="33C62724" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="53D84EF1" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="2C595C9A" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="7B424CBE" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="0061108C">
+      <w:tr w:rsidR="002E415F" w14:paraId="47938200" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="0F5177B8" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="436A813F" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="67ED1897" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="0DD5365F" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w:rsidTr="0061108C">
+      <w:tr w:rsidR="002E415F" w14:paraId="7E030F47" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="00EF0947" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Facility Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="6D43A303" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="0056066B" w:rsidP="00590097">
+          <w:p w14:paraId="56D18919" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="0056066B">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Permit No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="0056066B">
+          <w:p w14:paraId="3F8575C0" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="0056066B">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="0061108C">
+    <w:p w14:paraId="566E1067" w14:textId="18A7D3D9" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="0061108C">
       <w:pPr>
         <w:spacing w:before="480"/>
       </w:pPr>
       <w:r>
-        <w:t>All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and SMRs) shall be sent to the signatory authority or the designated signatory if properly authorized.  If there is a change in the signatory authority or the designated signatory, MCES must be notified in writing and the appropriate form must be resubmitted.</w:t>
+        <w:t xml:space="preserve">All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and SMRs) shall be sent to the signatory authority or the designated signatory if properly authorized.  If there is a change in the signatory authority or the designated signatory, </w:t>
+      </w:r>
+      <w:r w:rsidR="0046272C">
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">must be notified in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>writing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the appropriate form must be resubmitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB725F" w:rsidRDefault="00BB725F" w:rsidP="00BB725F">
-      <w:r>
+    <w:p w14:paraId="263AD1AC" w14:textId="3C141231" w:rsidR="002E415F" w:rsidRDefault="00E572A8" w:rsidP="00E11C37">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B06C97">
+      </w:pPr>
+      <w:r>
+        <w:t>For reporting via the Industrial Online Reporting System (IORS), the signatory authority and/or the designated signatory must complete the Electronic Signature Agreement (ESA). Once the ESA is approved, the signatory authority and/or the designated signatory shall be the only people with “Responsible Official” accounts (authority to sign and submit) in the IORS.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA395D">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...39 lines deleted...]
-        </w:pict>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="015039AD" wp14:editId="7ABFE6FB">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-173355</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-228600</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="838835" cy="767080"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="14" name="Picture 1" descr="MetcMark4C 243x221"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 14" descr="MetcMark4C 243x221"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838835" cy="767080"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB725F" w:rsidRDefault="00BB725F" w:rsidP="00BB725F"/>
-[...928 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="002E415F" w:rsidSect="005659A1">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="5A063A7B" w14:textId="77777777" w:rsidR="00323276" w:rsidRDefault="00323276" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="27FA9752" w14:textId="77777777" w:rsidR="00323276" w:rsidRDefault="00323276" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002F2474" w:rsidRPr="005659A1" w:rsidRDefault="002F2474" w:rsidP="005659A1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D008EF4" w14:textId="66266699" w:rsidR="002F2474" w:rsidRPr="005659A1" w:rsidRDefault="002F2474" w:rsidP="005659A1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005659A1">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>LWH-Permit-Application-201</w:t>
+      <w:t>LWH-Permit-Application-20</w:t>
     </w:r>
-    <w:r w:rsidR="00A5216D">
+    <w:r w:rsidR="00CC0780">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002F2474" w:rsidRDefault="002F2474">
+  <w:p w14:paraId="5978FDDB" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B06C97">
+    <w:r w:rsidR="0061108C">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B06C97">
+    <w:r w:rsidR="0061108C">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002F2474" w:rsidRDefault="002F2474">
+  <w:p w14:paraId="11AFA4E3" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="251A0B26" w14:textId="77777777" w:rsidR="00323276" w:rsidRDefault="00323276" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="3CDFE99F" w14:textId="77777777" w:rsidR="00323276" w:rsidRDefault="00323276" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100135A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="208C15CE"/>
     <w:lvl w:ilvl="0" w:tplc="94BA0B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -8938,51 +8205,51 @@
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46BE2E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE38EF32"/>
     <w:lvl w:ilvl="0" w:tplc="D9121CC0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="7F7F7F"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -9299,139 +8566,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="76E75F59"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B401BC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6154395A"/>
     <w:lvl w:ilvl="0" w:tplc="15D018B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -9479,51 +8657,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BE12F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16AAFFEA"/>
     <w:lvl w:ilvl="0" w:tplc="830A9338">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
@@ -9571,290 +8749,407 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1407146539">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="705058965">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1192450541">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="22751633">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1307590933">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1710376092">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1209613453">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="895048257">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="997727106">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
-[...14 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1503275450">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1882863943">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="589654952">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="198981319">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="667561273">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E4ABD"/>
+    <w:rsid w:val="000163DB"/>
+    <w:rsid w:val="00031281"/>
     <w:rsid w:val="00031DCB"/>
+    <w:rsid w:val="0003288E"/>
+    <w:rsid w:val="00035C04"/>
+    <w:rsid w:val="00056224"/>
+    <w:rsid w:val="00072CCB"/>
+    <w:rsid w:val="00095053"/>
+    <w:rsid w:val="000B0DE5"/>
+    <w:rsid w:val="000C7CA8"/>
+    <w:rsid w:val="000E041D"/>
+    <w:rsid w:val="000F4F2A"/>
     <w:rsid w:val="00113405"/>
+    <w:rsid w:val="0012301A"/>
     <w:rsid w:val="001317EB"/>
+    <w:rsid w:val="0014131B"/>
+    <w:rsid w:val="00151B42"/>
+    <w:rsid w:val="001579A5"/>
+    <w:rsid w:val="00162206"/>
+    <w:rsid w:val="0017103E"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C126F"/>
     <w:rsid w:val="001C1FD3"/>
+    <w:rsid w:val="001D6A5E"/>
+    <w:rsid w:val="001E52E4"/>
     <w:rsid w:val="00200549"/>
+    <w:rsid w:val="0020525D"/>
+    <w:rsid w:val="002235AB"/>
+    <w:rsid w:val="00223D2B"/>
+    <w:rsid w:val="0022491C"/>
     <w:rsid w:val="00297453"/>
+    <w:rsid w:val="002A4D95"/>
+    <w:rsid w:val="002B0F0C"/>
+    <w:rsid w:val="002D31E3"/>
     <w:rsid w:val="002E178B"/>
     <w:rsid w:val="002E415F"/>
+    <w:rsid w:val="002E5A1F"/>
+    <w:rsid w:val="002E7ED4"/>
     <w:rsid w:val="002F2474"/>
+    <w:rsid w:val="002F60CB"/>
     <w:rsid w:val="00302E07"/>
     <w:rsid w:val="00303A00"/>
     <w:rsid w:val="00321C33"/>
+    <w:rsid w:val="00323276"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="0033470F"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="00374280"/>
+    <w:rsid w:val="00375B00"/>
     <w:rsid w:val="00380DB0"/>
     <w:rsid w:val="00383D93"/>
+    <w:rsid w:val="0039340B"/>
+    <w:rsid w:val="003E2E6C"/>
+    <w:rsid w:val="003E33BA"/>
+    <w:rsid w:val="00412598"/>
+    <w:rsid w:val="004141FF"/>
+    <w:rsid w:val="00426E27"/>
+    <w:rsid w:val="00432A30"/>
+    <w:rsid w:val="00432FC9"/>
+    <w:rsid w:val="00437C2E"/>
+    <w:rsid w:val="00443914"/>
+    <w:rsid w:val="00451AC7"/>
     <w:rsid w:val="00453561"/>
+    <w:rsid w:val="0046272C"/>
+    <w:rsid w:val="00473C04"/>
     <w:rsid w:val="004A5F82"/>
+    <w:rsid w:val="004B209A"/>
+    <w:rsid w:val="004B38BA"/>
+    <w:rsid w:val="004B4080"/>
     <w:rsid w:val="004C1C3A"/>
     <w:rsid w:val="004C6BDD"/>
+    <w:rsid w:val="004D2E43"/>
+    <w:rsid w:val="004D3335"/>
+    <w:rsid w:val="004D4000"/>
     <w:rsid w:val="004F1655"/>
+    <w:rsid w:val="004F167E"/>
     <w:rsid w:val="004F5144"/>
+    <w:rsid w:val="005006FF"/>
     <w:rsid w:val="00502F2F"/>
+    <w:rsid w:val="00513593"/>
     <w:rsid w:val="00515FE7"/>
     <w:rsid w:val="005217D3"/>
+    <w:rsid w:val="00541AB4"/>
     <w:rsid w:val="0056066B"/>
     <w:rsid w:val="005659A1"/>
+    <w:rsid w:val="005B1578"/>
     <w:rsid w:val="005C73F4"/>
+    <w:rsid w:val="005D7E09"/>
     <w:rsid w:val="005E4764"/>
     <w:rsid w:val="0061108C"/>
+    <w:rsid w:val="006643D3"/>
     <w:rsid w:val="006716ED"/>
     <w:rsid w:val="006727CC"/>
+    <w:rsid w:val="006827DD"/>
     <w:rsid w:val="00684D20"/>
     <w:rsid w:val="00690BCA"/>
+    <w:rsid w:val="006C36DD"/>
     <w:rsid w:val="006E4009"/>
+    <w:rsid w:val="006E4066"/>
     <w:rsid w:val="006E4ABD"/>
     <w:rsid w:val="006F5E92"/>
     <w:rsid w:val="00723188"/>
+    <w:rsid w:val="00732356"/>
+    <w:rsid w:val="00750290"/>
+    <w:rsid w:val="00755060"/>
     <w:rsid w:val="00762929"/>
     <w:rsid w:val="00782F6E"/>
     <w:rsid w:val="00794B31"/>
+    <w:rsid w:val="007B0556"/>
+    <w:rsid w:val="007C0AD5"/>
     <w:rsid w:val="007D02F2"/>
+    <w:rsid w:val="007D1580"/>
     <w:rsid w:val="007D5C38"/>
     <w:rsid w:val="007E199C"/>
+    <w:rsid w:val="007F13B7"/>
     <w:rsid w:val="007F49A6"/>
+    <w:rsid w:val="007F711C"/>
+    <w:rsid w:val="00807CB1"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="00824393"/>
+    <w:rsid w:val="00845A03"/>
     <w:rsid w:val="00874AA1"/>
+    <w:rsid w:val="00883ED5"/>
     <w:rsid w:val="00887F25"/>
     <w:rsid w:val="008B1CF1"/>
     <w:rsid w:val="008B51CB"/>
+    <w:rsid w:val="008C7670"/>
     <w:rsid w:val="008D3240"/>
     <w:rsid w:val="008D407C"/>
     <w:rsid w:val="00900ECA"/>
+    <w:rsid w:val="009037DC"/>
     <w:rsid w:val="009246C7"/>
+    <w:rsid w:val="009433DD"/>
     <w:rsid w:val="00956585"/>
+    <w:rsid w:val="0096294B"/>
     <w:rsid w:val="0099455F"/>
+    <w:rsid w:val="009D1331"/>
+    <w:rsid w:val="009D71EA"/>
+    <w:rsid w:val="009E4656"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A062ED"/>
     <w:rsid w:val="00A0631F"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A14E1D"/>
     <w:rsid w:val="00A24C59"/>
     <w:rsid w:val="00A5216D"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A61EB2"/>
     <w:rsid w:val="00A8171D"/>
     <w:rsid w:val="00A90396"/>
+    <w:rsid w:val="00AA053A"/>
     <w:rsid w:val="00AA58BF"/>
     <w:rsid w:val="00AC3365"/>
     <w:rsid w:val="00AD4A7E"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AF7255"/>
-    <w:rsid w:val="00B06C97"/>
+    <w:rsid w:val="00B13386"/>
+    <w:rsid w:val="00B2349F"/>
+    <w:rsid w:val="00B23774"/>
     <w:rsid w:val="00B56F7A"/>
+    <w:rsid w:val="00B75FDE"/>
     <w:rsid w:val="00B80BF2"/>
     <w:rsid w:val="00B95907"/>
     <w:rsid w:val="00BA2917"/>
+    <w:rsid w:val="00BA5D37"/>
     <w:rsid w:val="00BB725F"/>
     <w:rsid w:val="00BC3665"/>
+    <w:rsid w:val="00BF28B4"/>
+    <w:rsid w:val="00C06A41"/>
+    <w:rsid w:val="00C12DA0"/>
+    <w:rsid w:val="00C25499"/>
+    <w:rsid w:val="00C27B16"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C567AA"/>
+    <w:rsid w:val="00C60FB2"/>
     <w:rsid w:val="00C80350"/>
     <w:rsid w:val="00C903FA"/>
+    <w:rsid w:val="00CA395D"/>
+    <w:rsid w:val="00CA5164"/>
+    <w:rsid w:val="00CA6EDC"/>
     <w:rsid w:val="00CA72DC"/>
     <w:rsid w:val="00CB24E2"/>
+    <w:rsid w:val="00CC0780"/>
+    <w:rsid w:val="00CC49FE"/>
     <w:rsid w:val="00CC51CF"/>
+    <w:rsid w:val="00CD10A9"/>
+    <w:rsid w:val="00CD33FC"/>
     <w:rsid w:val="00CD6310"/>
+    <w:rsid w:val="00CE173B"/>
     <w:rsid w:val="00CF0A59"/>
+    <w:rsid w:val="00D0453D"/>
+    <w:rsid w:val="00D13937"/>
     <w:rsid w:val="00D21A8D"/>
     <w:rsid w:val="00D22912"/>
     <w:rsid w:val="00D27A4E"/>
+    <w:rsid w:val="00D41E9F"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D64467"/>
+    <w:rsid w:val="00D72A58"/>
+    <w:rsid w:val="00D74E5D"/>
     <w:rsid w:val="00D933F4"/>
+    <w:rsid w:val="00DA65C5"/>
     <w:rsid w:val="00DE203D"/>
-    <w:rsid w:val="00DF60FB"/>
+    <w:rsid w:val="00E00529"/>
     <w:rsid w:val="00E10ECF"/>
     <w:rsid w:val="00E11C37"/>
+    <w:rsid w:val="00E15A9E"/>
+    <w:rsid w:val="00E162D3"/>
+    <w:rsid w:val="00E37ABE"/>
     <w:rsid w:val="00E511E2"/>
+    <w:rsid w:val="00E51D94"/>
+    <w:rsid w:val="00E572A8"/>
+    <w:rsid w:val="00E63681"/>
+    <w:rsid w:val="00E72880"/>
     <w:rsid w:val="00E81187"/>
+    <w:rsid w:val="00E83B70"/>
+    <w:rsid w:val="00E8761E"/>
+    <w:rsid w:val="00E957FB"/>
     <w:rsid w:val="00EA40F5"/>
     <w:rsid w:val="00ED2E40"/>
+    <w:rsid w:val="00ED74B2"/>
     <w:rsid w:val="00ED7DC8"/>
+    <w:rsid w:val="00EF1712"/>
+    <w:rsid w:val="00F1394C"/>
+    <w:rsid w:val="00F179FF"/>
+    <w:rsid w:val="00F433F7"/>
+    <w:rsid w:val="00F4508E"/>
+    <w:rsid w:val="00F55BE4"/>
+    <w:rsid w:val="00F8023B"/>
+    <w:rsid w:val="00F822DC"/>
     <w:rsid w:val="00F93F42"/>
+    <w:rsid w:val="00FA26A1"/>
     <w:rsid w:val="00FA3CFD"/>
+    <w:rsid w:val="00FB17B3"/>
+    <w:rsid w:val="00FB4D24"/>
     <w:rsid w:val="00FB6304"/>
+    <w:rsid w:val="00FC1DB5"/>
+    <w:rsid w:val="00FE5AC9"/>
     <w:rsid w:val="00FF10E0"/>
+    <w:rsid w:val="032B9A46"/>
+    <w:rsid w:val="3D79EE17"/>
+    <w:rsid w:val="4402755E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1043"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4A32DBB6"/>
+  <w14:docId w14:val="40B33F01"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A91D555A-E6EA-4373-A774-769B5F6B6486}"/>
+  <w15:docId w15:val="{ECDBFE8E-3842-4756-8562-2E8E6E8BC062}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10186,59 +9481,60 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Body Copy"/>
     <w:qFormat/>
-    <w:rsid w:val="00723188"/>
+    <w:rsid w:val="00CA5164"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="595959"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004C6BDD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="005DAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
@@ -10270,50 +9566,51 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00302E07"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -10668,61 +9965,140 @@
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00B80BF2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00302E07"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00541AB4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E63681"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E63681"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E63681"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E63681"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E63681"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00072CCB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Iwpp@metc.state.mn.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///U:\projects\Forms\2012Forms-newlogostyles\2-PermitFormTemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10984,88 +10360,582 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DE9114A9D0DECB469CD3434F7556ACE4" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d91381f7fcffae03252eddba09b49d8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xmlns:ns4="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="711884013b5cc691718bf5402a82048f" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:PermitType" minOccurs="0"/>
+                <xsd:element ref="ns3:Year" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TopicArea" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PermitType" ma:index="14" nillable="true" ma:displayName="Permit Type" ma:format="Dropdown" ma:internalName="PermitType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Special Discharges"/>
+          <xsd:enumeration value="Liquid Waste Haulers (LWH)"/>
+          <xsd:enumeration value="Microbreweries"/>
+          <xsd:enumeration value="Water Treatment Plants"/>
+          <xsd:enumeration value="Hospitals"/>
+          <xsd:enumeration value="Sewer Cleaning Haulers"/>
+          <xsd:enumeration value="Zero Discharge CIUs"/>
+          <xsd:enumeration value="Dental Clinics"/>
+          <xsd:enumeration value="Special approvals"/>
+          <xsd:enumeration value="IWPP INFO Links"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Year" ma:index="15" nillable="true" ma:displayName="Updated" ma:format="Dropdown" ma:internalName="Year">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="4"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TopicArea" ma:index="23" nillable="true" ma:displayName="Topic Area" ma:format="Dropdown" ma:indexed="true" ma:internalName="TopicArea">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Compliance"/>
+          <xsd:enumeration value="Field Monitoring Sampling"/>
+          <xsd:enumeration value="Inspection"/>
+          <xsd:enumeration value="Inquiry Spill Incident"/>
+          <xsd:enumeration value="Permit"/>
+          <xsd:enumeration value="Site Facility"/>
+          <xsd:enumeration value="SMR"/>
+          <xsd:enumeration value="Waste"/>
+          <xsd:enumeration value="Rates and Fees"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{88db3388-4c14-47cd-8e5a-9eb2de6408d3}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="27" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="28" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="29" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xsi:nil="true"/>
+    <Year xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <PermitType xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <TopicArea xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-887797402-3741</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-887797402-3741</Url>
+      <Description>Y25ARKAS7VEQ-887797402-3741</Description>
+    </_dlc_DocIdUrl>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A302205C-9A08-425B-93B0-ED52094EA40C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75D38AD3-1AF1-4A5C-B9DE-59790654D524}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FAFC2EF-3D73-49D3-8001-B38AC02F9533}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DF7470C-E128-4B38-9F8B-9B250E7CD4A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF2BCF0E-06A8-4F62-9C31-A30255011991}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DBAA981-A4A7-49E1-9C37-717FA805FAE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A14F993-097F-41AA-84DF-053ED6DFB7E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2-PermitFormTemplate.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>8853</Characters>
+  <Pages>6</Pages>
+  <Words>1275</Words>
+  <Characters>7490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Liquid Waste Hauler Permit Application</vt:lpstr>
+      <vt:lpstr>Metropolitan Council Liquid Waste Hauler Permit Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10386</CharactersWithSpaces>
+  <CharactersWithSpaces>8709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Liquid Waste Hauler Permit Application</dc:title>
+  <dc:title>Metropolitan Council Liquid Waste Hauler Permit Application</dc:title>
   <dc:subject>IWPP Form</dc:subject>
-  <dc:creator>lundelmm</dc:creator>
-[...1 lines deleted...]
-  <dc:description>IWPP Application Form for LWH - new logo and ADA accessible 2017  - removed Chanhassen and updated SA and DSA forms</dc:description>
+  <dc:creator/>
+  <cp:keywords>MCES, IWPP, LWH permit</cp:keywords>
+  <dc:description>2025-Remove MCES and text box, added tax form name. IWPP Application Form for LWH - new logo and ADA accessible 2017  - removed Chanhassen and updated SA and DSA forms</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Application form</cp:category>
+  <cp:category>Application</cp:category>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DE9114A9D0DECB469CD3434F7556ACE4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>8363a12e-e69d-4234-b445-537ac7f144f2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>