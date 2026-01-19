--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -4,66 +4,66 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0DCF96A-FC7F-49DA-8AFA-B79270E04336}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00DA830D-AA36-4017-916E-E84FABBA1CB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-F 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="SAC-F 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-F 2025'!$B$1:$I$46</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-F 2026'!$B$1:$I$46</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C43" i="1" l="1"/>
   <c r="D45" i="1" s="1"/>
   <c r="E43" i="1" l="1"/>
   <c r="I43" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -204,51 +204,51 @@
   <si>
     <t>Total # of SAC Units</t>
   </si>
   <si>
     <t>Total Number of SAC Units from Above Columns - Deferral Amount in Units</t>
   </si>
   <si>
     <t>x % of SAC Deferred =</t>
   </si>
   <si>
     <t>This amount needs to be entered on the SAC-A</t>
   </si>
   <si>
     <t xml:space="preserve"> Activity Summary Report</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>SF or MF</t>
   </si>
   <si>
-    <t>2025 RESIDENTIAL SAC DEFERRAL REPORT</t>
+    <t>2026 RESIDENTIAL SAC DEFERRAL REPORT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -964,67 +964,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-F Form</a:t>
+            <a:t>SAC-F Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1096584</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>657224</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>238126</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62347A60-219A-4C54-915A-134202E4EF4E}"/>
@@ -1548,51 +1548,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B5:I46"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B11" sqref="B11"/>
+      <selection pane="bottomLeft" activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="0.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="26.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="4.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="1.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.42578125" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="53" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
@@ -2051,51 +2051,51 @@
         <v>#VALUE!</v>
       </c>
       <c r="E45" s="32" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="29"/>
     </row>
     <row r="46" spans="2:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="34" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="35"/>
       <c r="D46" s="35"/>
       <c r="E46" s="33" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="30"/>
       <c r="H46" s="30"/>
       <c r="I46" s="31"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="G4peWDg76nn9kmhndHzJpGt2pRLEHrgIkpP62VCR07/WZN0v7qJQgK3k9tntcwHijxbcY/6x25emPNVUmBiIpw==" saltValue="eUE/YV/QRJx9WFm33jZ1nQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZPvSL7kQAPJ6hVoj1QCm1+yhgNldJ31C0MnDxu/ilasL5KpF1Z6w7BDT8xPvUSebSxxQ5yVkn+wEpDviYIEBJQ==" saltValue="gGAnNjgvXG5PRaGN4VmRNQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <conditionalFormatting sqref="C43">
     <cfRule type="expression" dxfId="9" priority="12">
       <formula>$C$43=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D42">
     <cfRule type="expression" dxfId="8" priority="8">
       <formula>ISBLANK($D$42)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D45">
     <cfRule type="expression" dxfId="7" priority="9">
       <formula>$C$43=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D7:E7">
     <cfRule type="expression" dxfId="6" priority="3">
       <formula>ISBLANK($D$7)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E8">
     <cfRule type="expression" dxfId="5" priority="2">
       <formula>ISBLANK($E$8)</formula>
     </cfRule>
   </conditionalFormatting>
@@ -2133,52 +2133,52 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SAC-F 2025</vt:lpstr>
-      <vt:lpstr>'SAC-F 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>SAC-F 2026</vt:lpstr>
+      <vt:lpstr>'SAC-F 2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-E Form</dc:title>
   <dc:subject>Small Business SAC Loan Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">