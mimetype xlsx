--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -2,66 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C76FD7C1-9CDC-47F2-9443-4DDB2237A140}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC62566A-EC08-4A70-B32E-2140B42343F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-E 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="SAC-E 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-E 2025'!$B$1:$I$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-E 2026'!$B$1:$I$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C43" i="1" l="1"/>
   <c r="E41" i="1"/>
   <c r="I41" i="1" s="1"/>
   <c r="C34" i="1"/>
   <c r="E32" i="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="C25" i="1"/>
   <c r="D46" i="1" s="1"/>
@@ -199,60 +199,60 @@
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Reporting Period </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(month or quarter)</t>
     </r>
   </si>
   <si>
-    <t>MCES Letter Reference #</t>
-[...1 lines deleted...]
-  <si>
     <t>Total Deferral</t>
   </si>
   <si>
     <t>Amount:</t>
   </si>
   <si>
-    <t>2025 SAC DEFERRAL REPORT</t>
+    <t>2026 SAC DEFERRAL REPORT</t>
+  </si>
+  <si>
+    <t>Met Council Letter Reference:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
@@ -975,67 +975,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-E Form</a:t>
+            <a:t>SAC-E Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>944184</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>114299</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>152401</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BABDEF2-50E0-4367-B6C3-E5FB75F7A354}"/>
@@ -1569,115 +1569,115 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B5:I47"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="0.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="16.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="3" customWidth="1"/>
-    <col min="7" max="7" width="13.5703125" style="2" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="7" style="2" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="6.5703125" style="2" customWidth="1"/>
     <col min="9" max="9" width="19.28515625" style="2" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="42"/>
       <c r="D5" s="42"/>
       <c r="E5" s="42"/>
       <c r="F5" s="42"/>
       <c r="G5" s="42"/>
       <c r="H5" s="42"/>
       <c r="I5" s="42"/>
     </row>
     <row r="6" spans="2:9" ht="18" x14ac:dyDescent="0.2">
       <c r="B6" s="38" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C6" s="38"/>
       <c r="D6" s="38"/>
       <c r="E6" s="38"/>
       <c r="F6" s="38"/>
       <c r="G6" s="38"/>
       <c r="H6" s="38"/>
       <c r="I6" s="38"/>
     </row>
     <row r="7" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C7" s="37" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="39"/>
       <c r="E7" s="43"/>
       <c r="H7" s="37" t="s">
         <v>21</v>
       </c>
       <c r="I7" s="39"/>
     </row>
     <row r="8" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="1"/>
       <c r="C8" s="37" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="43"/>
       <c r="F8" s="2"/>
       <c r="H8" s="37" t="s">
         <v>2</v>
       </c>
       <c r="I8" s="62"/>
     </row>
     <row r="9" spans="2:9" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="2:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="40"/>
       <c r="D10" s="44"/>
       <c r="E10" s="44"/>
       <c r="F10" s="44"/>
       <c r="G10" s="50" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H10" s="40"/>
       <c r="I10" s="45"/>
     </row>
     <row r="11" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="41"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
       <c r="H11" s="10"/>
       <c r="I11" s="46"/>
     </row>
     <row r="12" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="41"/>
       <c r="D12" s="47"/>
       <c r="E12" s="8" t="s">
         <v>25</v>
       </c>
@@ -1772,51 +1772,51 @@
       <c r="E17" s="25"/>
       <c r="F17" s="26"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="27"/>
     </row>
     <row r="18" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="32"/>
       <c r="C18" s="33"/>
       <c r="D18" s="33"/>
       <c r="E18" s="33"/>
       <c r="F18" s="34"/>
       <c r="G18" s="33"/>
       <c r="H18" s="33"/>
       <c r="I18" s="35"/>
     </row>
     <row r="19" spans="2:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="40"/>
       <c r="D19" s="44"/>
       <c r="E19" s="44"/>
       <c r="F19" s="44"/>
       <c r="G19" s="50" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H19" s="40"/>
       <c r="I19" s="45"/>
     </row>
     <row r="20" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="41"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="46"/>
     </row>
     <row r="21" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="41"/>
       <c r="D21" s="47"/>
       <c r="E21" s="8" t="s">
         <v>25</v>
       </c>
@@ -1911,51 +1911,51 @@
       <c r="E26" s="25"/>
       <c r="F26" s="26"/>
       <c r="G26" s="25"/>
       <c r="H26" s="25"/>
       <c r="I26" s="27"/>
     </row>
     <row r="27" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="32"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="34"/>
       <c r="G27" s="33"/>
       <c r="H27" s="33"/>
       <c r="I27" s="35"/>
     </row>
     <row r="28" spans="2:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="40"/>
       <c r="D28" s="44"/>
       <c r="E28" s="44"/>
       <c r="F28" s="44"/>
       <c r="G28" s="50" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H28" s="40"/>
       <c r="I28" s="45"/>
     </row>
     <row r="29" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="41"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="46"/>
     </row>
     <row r="30" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="41"/>
       <c r="D30" s="47"/>
       <c r="E30" s="8" t="s">
         <v>25</v>
       </c>
@@ -2050,51 +2050,51 @@
       <c r="E35" s="25"/>
       <c r="F35" s="26"/>
       <c r="G35" s="25"/>
       <c r="H35" s="25"/>
       <c r="I35" s="27"/>
     </row>
     <row r="36" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B36" s="32"/>
       <c r="C36" s="33"/>
       <c r="D36" s="33"/>
       <c r="E36" s="33"/>
       <c r="F36" s="34"/>
       <c r="G36" s="33"/>
       <c r="H36" s="33"/>
       <c r="I36" s="35"/>
     </row>
     <row r="37" spans="2:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="40"/>
       <c r="D37" s="44"/>
       <c r="E37" s="44"/>
       <c r="F37" s="44"/>
       <c r="G37" s="50" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H37" s="40"/>
       <c r="I37" s="45"/>
     </row>
     <row r="38" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="41"/>
       <c r="D38" s="10"/>
       <c r="E38" s="10"/>
       <c r="F38" s="10"/>
       <c r="G38" s="10"/>
       <c r="H38" s="10"/>
       <c r="I38" s="46"/>
     </row>
     <row r="39" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="41"/>
       <c r="D39" s="47"/>
       <c r="E39" s="8" t="s">
         <v>25</v>
       </c>
@@ -2192,76 +2192,76 @@
       <c r="H44" s="25"/>
       <c r="I44" s="27"/>
     </row>
     <row r="45" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B45" s="32"/>
       <c r="C45" s="33"/>
       <c r="D45" s="33"/>
       <c r="E45" s="33"/>
       <c r="F45" s="34"/>
       <c r="G45" s="33"/>
       <c r="H45" s="33"/>
       <c r="I45" s="35"/>
     </row>
     <row r="46" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="60" t="s">
         <v>18</v>
       </c>
       <c r="C46" s="61"/>
       <c r="D46" s="51">
         <f>C16+C25+C34+C43</f>
         <v>0</v>
       </c>
       <c r="E46" s="52"/>
       <c r="F46" s="53"/>
       <c r="G46" s="54" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H46" s="55"/>
       <c r="I46" s="29">
         <f>I14+I23+I32+I41</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B47" s="16"/>
       <c r="C47" s="17"/>
       <c r="D47" s="58" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="58"/>
       <c r="F47" s="59"/>
       <c r="G47" s="56" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H47" s="57"/>
       <c r="I47" s="5" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4UYYQ61NywD5UovSJUHK2zfG1m1sW5oTjqnayB1HGZWtosKWfbP+NgpRiIop5weW2KDtlyDzPQ88IppyfpKIoA==" saltValue="r8xQ+8ibSLmqCJ8kaBnP3A==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0pHpPInYXjo6Yt5LEH2PhOK9eZcGcAuIv86Bg1bAkr0C87Pyz/qtU5FpmTg+p2mS3ta+G/wZ3X90PdPjffAOtA==" saltValue="gTc8x+DtiftL7EAUOLE9+g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <conditionalFormatting sqref="C16">
     <cfRule type="expression" dxfId="13" priority="35">
       <formula>$C$16=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
     <cfRule type="expression" dxfId="12" priority="13">
       <formula>$C$16=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
     <cfRule type="expression" dxfId="11" priority="10">
       <formula>$C$16=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C43">
     <cfRule type="expression" dxfId="10" priority="7">
       <formula>$C$16=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D46:F46">
     <cfRule type="expression" dxfId="9" priority="31">
       <formula>$D$46=0</formula>
     </cfRule>
   </conditionalFormatting>
@@ -2296,80 +2296,80 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I32">
     <cfRule type="expression" dxfId="2" priority="11">
       <formula>$I$14=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I41">
     <cfRule type="expression" dxfId="1" priority="8">
       <formula>$I$14=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I46">
     <cfRule type="expression" dxfId="0" priority="30">
       <formula>$I$46=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="% Too High" error="Maximum percentage financed is 80%" promptTitle="Maximum % Financed is 80%" sqref="I13 I31 I22 I40" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>0</formula1>
       <formula2>0.8</formula2>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
-  <pageSetup scale="92" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="90" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SAC-E 2025</vt:lpstr>
-      <vt:lpstr>'SAC-E 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>SAC-E 2026</vt:lpstr>
+      <vt:lpstr>'SAC-E 2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-E Form</dc:title>
   <dc:subject>Small Business SAC Loan Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">