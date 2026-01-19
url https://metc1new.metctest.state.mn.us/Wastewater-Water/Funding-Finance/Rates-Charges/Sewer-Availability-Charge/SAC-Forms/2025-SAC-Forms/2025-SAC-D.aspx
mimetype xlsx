--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -3,66 +3,66 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDFCB6EF-04C3-41C5-9AAA-B533EBCD143B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD12CFBD-4E20-4A3E-A654-5D3D3670A5B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-D 2025" sheetId="2" r:id="rId1"/>
+    <sheet name="SAC-D 2026" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-D 2025'!$B$1:$I$40</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-D 2026'!$B$1:$I$40</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author xml:space="preserve"> </author>
   </authors>
   <commentList>
     <comment ref="F19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
@@ -83,107 +83,57 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Sewer Availability Charge (SAC)</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Demolition Permit Issue Date</t>
   </si>
   <si>
     <t>Demolition Permit Number</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Parcel ID Number</t>
   </si>
   <si>
     <t>Type of Use*</t>
   </si>
   <si>
-    <t>For MCES Use Only</t>
-[...1 lines deleted...]
-  <si>
     <t>*Type of Use:</t>
   </si>
   <si>
     <t>Customer Community</t>
   </si>
   <si>
     <r>
-      <t>C</t>
-[...45 lines deleted...]
-    <r>
       <t>S</t>
     </r>
     <r>
       <rPr>
         <sz val="8.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> = Single Family Dwelling    </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> M </t>
     </r>
     <r>
       <rPr>
         <sz val="8.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -235,104 +185,84 @@
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(month or quarter)</t>
     </r>
   </si>
   <si>
     <t>previously reduced charges.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>&gt;</t>
     </r>
     <r>
       <rPr>
+        <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">  All demolitions must be reported to MCES in order for the potential credit be allocated to the new use.</t>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Reduce the SAC Units of credit for apartments by 20% and publicly-assisted housing by 40% in order to adjust for</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>&gt;</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
-[...27 lines deleted...]
-      </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The number of potential SAC units must be rounded to the nearest whole number.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Please Read</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -346,92 +276,162 @@
     <r>
       <rPr>
         <b/>
         <sz val="10.5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>This form is for reporting all SAC-related demolitions to be placed on record as potential SAC credits.</t>
-    </r>
-[...33 lines deleted...]
-      <t xml:space="preserve">  Attach MCES SAC-C or Determination Letter for all apartment, townhome/condo, elderly housing/assisted living, </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> commercial, institutional/governmental facilities in order to show how the number of credits were calculated.</t>
   </si>
   <si>
-    <t>2025 DEMOLITION DETAIL REPORT</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>&gt;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  All demolitions must be reported to Met Council in order for the potential credit be allocated to the new use.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>&gt;</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Attach a Determination Letter for all industrial facilities permitted by Met Council.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = Commercial (attach SAC-C)   </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>IG</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = Institutional/Governmental (attach SAC-C)  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> I</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8.5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = Industrial (attach Determination Letter)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>&gt;</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Attach SAC-C or Determination Letter for all apartment, townhome/condo, elderly housing/assisted living, </t>
+    </r>
+  </si>
+  <si>
+    <t>For Met Council Use Only</t>
+  </si>
+  <si>
+    <t>2026 DEMOLITION DETAIL REPORT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0_);\(0\)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1263,67 +1263,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-D Form</a:t>
+            <a:t>SAC-D Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>220284</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>19049</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2E55AF8-D886-42AA-8C6C-3C546EA12FC7}"/>
@@ -1902,186 +1902,186 @@
       <c r="N5" s="11"/>
       <c r="O5" s="11"/>
       <c r="P5" s="11"/>
     </row>
     <row r="6" spans="2:16" ht="18" x14ac:dyDescent="0.2">
       <c r="B6" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="25"/>
       <c r="D6" s="25"/>
       <c r="E6" s="25"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="25"/>
       <c r="I6" s="25"/>
       <c r="J6" s="13"/>
       <c r="K6" s="13"/>
       <c r="L6" s="13"/>
       <c r="M6" s="13"/>
       <c r="N6" s="13"/>
       <c r="O6" s="13"/>
       <c r="P6" s="13"/>
     </row>
     <row r="7" spans="2:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D7" s="24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E7" s="27"/>
       <c r="F7" s="28"/>
     </row>
     <row r="8" spans="2:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C8" s="17"/>
       <c r="D8" s="24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" s="29"/>
       <c r="F8" s="30"/>
       <c r="H8" s="24" t="s">
         <v>1</v>
       </c>
       <c r="I8" s="1"/>
       <c r="L8" s="18"/>
       <c r="M8" s="18"/>
       <c r="N8" s="12"/>
       <c r="O8" s="18"/>
     </row>
     <row r="9" spans="2:16" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="2:16" ht="18" x14ac:dyDescent="0.25">
       <c r="B10" s="23" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C10" s="22"/>
       <c r="D10" s="19"/>
       <c r="E10" s="19"/>
       <c r="F10" s="19"/>
       <c r="G10" s="19"/>
       <c r="H10" s="19"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11" spans="2:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="45" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="46"/>
       <c r="G11" s="46"/>
       <c r="H11" s="46"/>
       <c r="I11" s="47"/>
     </row>
     <row r="12" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="65" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="66"/>
       <c r="D12" s="67"/>
       <c r="E12" s="67"/>
       <c r="F12" s="67"/>
       <c r="G12" s="67"/>
       <c r="H12" s="67"/>
       <c r="I12" s="68"/>
     </row>
     <row r="13" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="69" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C13" s="66"/>
       <c r="D13" s="67"/>
       <c r="E13" s="67"/>
       <c r="F13" s="67"/>
       <c r="G13" s="67"/>
       <c r="H13" s="67"/>
       <c r="I13" s="68"/>
     </row>
     <row r="14" spans="2:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="64" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D14" s="50"/>
       <c r="E14" s="50"/>
       <c r="F14" s="50"/>
       <c r="G14" s="50"/>
       <c r="H14" s="50"/>
       <c r="I14" s="51"/>
     </row>
     <row r="15" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="39" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D15" s="48"/>
       <c r="E15" s="48"/>
       <c r="F15" s="48"/>
       <c r="G15" s="48"/>
       <c r="H15" s="48"/>
       <c r="I15" s="49"/>
     </row>
     <row r="16" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D16" s="48"/>
       <c r="E16" s="48"/>
       <c r="F16" s="48"/>
       <c r="G16" s="48"/>
       <c r="H16" s="48"/>
       <c r="I16" s="49"/>
     </row>
     <row r="17" spans="2:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B17" s="41" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C17" s="42"/>
       <c r="D17" s="52"/>
       <c r="E17" s="52"/>
       <c r="F17" s="52"/>
       <c r="G17" s="52"/>
       <c r="H17" s="52"/>
       <c r="I17" s="53"/>
     </row>
     <row r="18" spans="2:9" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B18" s="34" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="35" t="s">
         <v>3</v>
       </c>
       <c r="D18" s="43" t="s">
         <v>4</v>
       </c>
       <c r="E18" s="44"/>
       <c r="F18" s="35" t="s">
         <v>5</v>
       </c>
       <c r="G18" s="35" t="s">
         <v>6</v>
       </c>
       <c r="H18" s="36" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I18" s="37" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="2:9" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="2"/>
       <c r="C19" s="70"/>
       <c r="D19" s="55"/>
       <c r="E19" s="57"/>
       <c r="F19" s="31"/>
       <c r="G19" s="3"/>
       <c r="H19" s="4"/>
       <c r="I19" s="5"/>
     </row>
     <row r="20" spans="2:9" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="2"/>
       <c r="C20" s="70"/>
       <c r="D20" s="54"/>
       <c r="E20" s="58"/>
       <c r="F20" s="32"/>
       <c r="G20" s="3"/>
       <c r="H20" s="4"/>
       <c r="I20" s="5"/>
     </row>
     <row r="21" spans="2:9" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="6"/>
       <c r="C21" s="71"/>
@@ -2232,121 +2232,121 @@
       <c r="H35" s="8"/>
       <c r="I35" s="9"/>
     </row>
     <row r="36" spans="1:9" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="6"/>
       <c r="C36" s="71"/>
       <c r="D36" s="54"/>
       <c r="E36" s="58"/>
       <c r="F36" s="32"/>
       <c r="G36" s="7"/>
       <c r="H36" s="8"/>
       <c r="I36" s="9"/>
     </row>
     <row r="37" spans="1:9" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B37" s="14"/>
       <c r="C37" s="72"/>
       <c r="D37" s="56"/>
       <c r="E37" s="59"/>
       <c r="F37" s="33"/>
       <c r="G37" s="15"/>
       <c r="H37" s="16"/>
       <c r="I37" s="10"/>
     </row>
     <row r="38" spans="1:9" s="21" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="73" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38" s="38"/>
       <c r="D38" s="38"/>
       <c r="E38" s="73"/>
       <c r="F38" s="38"/>
       <c r="G38" s="38"/>
       <c r="H38" s="38"/>
       <c r="I38" s="38"/>
     </row>
     <row r="39" spans="1:9" s="21" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="60"/>
       <c r="B39" s="61" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C39" s="61"/>
       <c r="D39" s="61"/>
       <c r="E39" s="61"/>
       <c r="F39" s="61"/>
       <c r="G39" s="61"/>
       <c r="H39" s="61"/>
       <c r="I39" s="61"/>
     </row>
     <row r="40" spans="1:9" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A40" s="60"/>
       <c r="B40" s="62" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C40" s="62"/>
       <c r="D40" s="62"/>
       <c r="E40" s="62"/>
       <c r="F40" s="62"/>
       <c r="G40" s="62"/>
       <c r="H40" s="62"/>
       <c r="I40" s="62"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="8/zXb1oBvUhnQUGMpW3Yh/UbeGTvf2/tECXbaqHO4lEe44p+PCNRaeoYGecpCMxSzqAQ/O08kivlY2tWRp/djQ==" saltValue="+TKrET6q92W22i+e8IQIXA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IIziyQTha+GS7uH0LFsLgAXOsce8g6KyhFrz2tzoG4f1DWB9c7ZdKTuixtNjJixJlmq4cQnf4tGs/m8Ed2qSWw==" saltValue="Aq5z6zwK8SWoh7nEwS+43g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SAC-D 2025</vt:lpstr>
-      <vt:lpstr>'SAC-D 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>SAC-D 2026</vt:lpstr>
+      <vt:lpstr>'SAC-D 2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-D Form</dc:title>
   <dc:subject>Demolition Detail Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">