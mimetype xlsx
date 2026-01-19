--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -6,97 +6,97 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{100BDA9E-843A-4BDF-B65B-4241E7EBE1CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEA10A62-F740-43EF-AAD3-A15C3001BDF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-C 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="SAC-C 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="Check4" localSheetId="0">'SAC-C 2025'!#REF!</definedName>
-[...30 lines deleted...]
-    <definedName name="Text9" localSheetId="0">'SAC-C 2025'!$B$21</definedName>
+    <definedName name="Check4" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Check5" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Check7" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Check9" localSheetId="0">'SAC-C 2026'!$B$41</definedName>
+    <definedName name="Text10" localSheetId="0">'SAC-C 2026'!$D$21</definedName>
+    <definedName name="Text11" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text12" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text13" localSheetId="0">'SAC-C 2026'!$B$25</definedName>
+    <definedName name="Text15" localSheetId="0">'SAC-C 2026'!$B$26</definedName>
+    <definedName name="Text17" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text19" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text2" localSheetId="0">'SAC-C 2026'!$B$13</definedName>
+    <definedName name="Text20" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text21" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text22" localSheetId="0">'SAC-C 2026'!$F$25</definedName>
+    <definedName name="Text23" localSheetId="0">'SAC-C 2026'!$F$26</definedName>
+    <definedName name="Text24" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text26" localSheetId="0">'SAC-C 2026'!$B$27</definedName>
+    <definedName name="Text28" localSheetId="0">'SAC-C 2026'!$B$40</definedName>
+    <definedName name="Text3" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text30" localSheetId="0">'SAC-C 2026'!$B$42</definedName>
+    <definedName name="Text31" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text32" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text33" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text34" localSheetId="0">'SAC-C 2026'!$F$41</definedName>
+    <definedName name="Text35" localSheetId="0">'SAC-C 2026'!$F$42</definedName>
+    <definedName name="Text36" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text37" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text38" localSheetId="0">'SAC-C 2026'!#REF!</definedName>
+    <definedName name="Text7" localSheetId="0">'SAC-C 2026'!$B$20</definedName>
+    <definedName name="Text8" localSheetId="0">'SAC-C 2026'!$D$20</definedName>
+    <definedName name="Text9" localSheetId="0">'SAC-C 2026'!$B$21</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F19" i="1" l="1"/>
   <c r="G52" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
@@ -126,53 +126,50 @@
   <si>
     <t>Use</t>
   </si>
   <si>
     <t>SAC Units</t>
   </si>
   <si>
     <t>(in units)</t>
   </si>
   <si>
     <t xml:space="preserve"> Previous Occupant</t>
   </si>
   <si>
     <t xml:space="preserve"> CALCULATION OF SAC CREDITS:</t>
   </si>
   <si>
     <t>(x.5 rounds up to whole number in units)</t>
   </si>
   <si>
     <t>Customer Community</t>
   </si>
   <si>
     <t>Calculation</t>
   </si>
   <si>
-    <t>i.e. Retail</t>
-[...1 lines deleted...]
-  <si>
     <t>(In Units)</t>
   </si>
   <si>
     <t xml:space="preserve"> Permit or License Number</t>
   </si>
   <si>
     <t>TOTAL CHARGE:</t>
   </si>
   <si>
     <t>TOTAL CREDIT:</t>
   </si>
   <si>
     <t>NET SAC UNITS:</t>
   </si>
   <si>
     <t>Demo Permit Issue Date</t>
   </si>
   <si>
     <t>SAC Paid Permit Number</t>
   </si>
   <si>
     <t>SAC Paid Permit Issue Date</t>
   </si>
   <si>
     <t>Date of Determination</t>
@@ -201,82 +198,85 @@
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(month or quarter)</t>
     </r>
   </si>
   <si>
     <t>ALL FIELDS MUST BE FILLED IN REGARDING NEW AND ORIGINAL PERMIT INFORMATION</t>
   </si>
   <si>
     <t>Grandparent Permit Number*</t>
   </si>
   <si>
     <t>Grandparent Permit Issue Date</t>
   </si>
   <si>
     <t xml:space="preserve"> 4,800 sq. ft. @ 3050 sq. ft. =</t>
   </si>
   <si>
     <t>NET CREDITS ONLY OCCUR IF SAC PAID OR GRANDPARENT. ONLY SAC PAID CREDIT CAN BE TAKEN COMMUNITY-WIDE.</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Determination Completed By Name </t>
-[...13 lines deleted...]
-    <r>
       <t xml:space="preserve"> Site Address</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (If Different)</t>
     </r>
   </si>
   <si>
     <t>Check Box for Original Credit:           SAC Paid              Grandparent Demand</t>
   </si>
   <si>
-    <t>2025 COMMERCIAL DETAIL REPORT</t>
+    <t>2026 COMMERCIAL DETAIL REPORT</t>
+  </si>
+  <si>
+    <t>Example: Retail</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Determination Completed By Name </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(If completed by Met council, must attach letter)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="165" formatCode="0_);\(0\)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1221,67 +1221,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-C Form</a:t>
+            <a:t>SAC-C Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1104900</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>161925</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" descr="Check box if credit is from SAC paid." hidden="1">
               <a:extLst>
@@ -2083,92 +2083,92 @@
   <cols>
     <col min="1" max="1" width="4.140625" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="31.85546875" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="100" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="43"/>
       <c r="C5" s="43"/>
       <c r="D5" s="43"/>
       <c r="E5" s="43"/>
       <c r="F5" s="43"/>
       <c r="G5" s="43"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
     </row>
     <row r="6" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="40" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B6" s="40"/>
       <c r="C6" s="40"/>
       <c r="D6" s="40"/>
       <c r="E6" s="40"/>
       <c r="F6" s="40"/>
       <c r="G6" s="40"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
     </row>
     <row r="7" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
       <c r="B7" s="9"/>
       <c r="C7" s="39" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="44"/>
       <c r="F7" s="44"/>
       <c r="G7" s="21"/>
       <c r="H7" s="21"/>
       <c r="I7" s="9"/>
     </row>
     <row r="8" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="39" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D8" s="45"/>
       <c r="E8" s="46"/>
       <c r="F8" s="39" t="s">
         <v>1</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="22"/>
       <c r="I8" s="9"/>
     </row>
     <row r="9" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="94" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="39"/>
       <c r="F9" s="39"/>
       <c r="H9" s="22"/>
       <c r="I9" s="9"/>
     </row>
     <row r="10" spans="1:9" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9"/>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22"/>
       <c r="F10" s="22"/>
       <c r="G10" s="10"/>
       <c r="H10" s="22"/>
       <c r="I10" s="9"/>
     </row>
     <row r="11" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="57"/>
       <c r="B11" s="101" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="47"/>
       <c r="D11" s="48"/>
@@ -2190,99 +2190,99 @@
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="58"/>
       <c r="B13" s="102" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="50"/>
       <c r="D13" s="51"/>
       <c r="E13" s="104" t="s">
         <v>5</v>
       </c>
       <c r="F13" s="50"/>
       <c r="G13" s="52"/>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58"/>
       <c r="B14" s="3"/>
       <c r="C14" s="44"/>
       <c r="D14" s="54"/>
       <c r="E14" s="91"/>
       <c r="F14" s="89"/>
       <c r="G14" s="90"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="58"/>
       <c r="B15" s="102" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C15" s="51"/>
       <c r="D15" s="103" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="104" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F15" s="50"/>
       <c r="G15" s="52"/>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58"/>
       <c r="B16" s="92"/>
       <c r="C16" s="93"/>
       <c r="D16" s="38"/>
       <c r="E16" s="88"/>
       <c r="F16" s="89"/>
       <c r="G16" s="90"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="58"/>
       <c r="B17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="23"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="58"/>
       <c r="B18" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="84" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="84"/>
       <c r="F18" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G18" s="23"/>
     </row>
     <row r="19" spans="1:7" s="29" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58"/>
       <c r="B19" s="25" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="C19" s="85" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D19" s="85"/>
       <c r="E19" s="26"/>
       <c r="F19" s="27">
         <f>4800/3050</f>
         <v>1.5737704918032787</v>
       </c>
       <c r="G19" s="28"/>
     </row>
     <row r="20" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58"/>
       <c r="B20" s="55"/>
       <c r="C20" s="56"/>
       <c r="D20" s="56"/>
       <c r="E20" s="7"/>
       <c r="F20" s="11"/>
       <c r="G20" s="23"/>
     </row>
     <row r="21" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58"/>
       <c r="B21" s="55"/>
       <c r="C21" s="56"/>
       <c r="D21" s="56"/>
       <c r="E21" s="7"/>
       <c r="F21" s="11"/>
@@ -2323,169 +2323,169 @@
       <c r="E25" s="2"/>
       <c r="F25" s="11"/>
       <c r="G25" s="23"/>
     </row>
     <row r="26" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58"/>
       <c r="B26" s="55"/>
       <c r="C26" s="56"/>
       <c r="D26" s="56"/>
       <c r="E26" s="2"/>
       <c r="F26" s="11"/>
       <c r="G26" s="23"/>
     </row>
     <row r="27" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58"/>
       <c r="B27" s="55"/>
       <c r="C27" s="56"/>
       <c r="D27" s="56"/>
       <c r="E27" s="2"/>
       <c r="F27" s="11"/>
       <c r="G27" s="23"/>
     </row>
     <row r="28" spans="1:7" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="58"/>
       <c r="B28" s="82" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C28" s="83"/>
       <c r="D28" s="83"/>
       <c r="F28" s="30" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G28" s="35"/>
     </row>
     <row r="29" spans="1:7" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="59"/>
       <c r="B29" s="19"/>
       <c r="C29" s="19"/>
       <c r="D29" s="19"/>
       <c r="E29" s="19"/>
       <c r="F29" s="19"/>
       <c r="G29" s="31" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="32"/>
       <c r="B30" s="32"/>
       <c r="C30" s="32"/>
       <c r="D30" s="32"/>
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32"/>
     </row>
     <row r="31" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="57"/>
       <c r="B31" s="106" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="41"/>
       <c r="D31" s="42"/>
       <c r="E31" s="105" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="47"/>
       <c r="G31" s="49"/>
     </row>
     <row r="32" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58"/>
       <c r="B32" s="3"/>
       <c r="C32" s="44"/>
       <c r="D32" s="54"/>
       <c r="E32" s="88"/>
       <c r="F32" s="89"/>
       <c r="G32" s="90"/>
     </row>
     <row r="33" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58"/>
       <c r="B33" s="102" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C33" s="53"/>
       <c r="D33" s="60"/>
       <c r="E33" s="104" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F33" s="50"/>
       <c r="G33" s="52"/>
     </row>
     <row r="34" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58"/>
       <c r="B34" s="3"/>
       <c r="C34" s="44"/>
       <c r="D34" s="54"/>
       <c r="E34" s="91"/>
       <c r="F34" s="89"/>
       <c r="G34" s="90"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="107" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C35" s="45"/>
       <c r="D35" s="45"/>
       <c r="E35" s="45"/>
       <c r="F35" s="45"/>
       <c r="G35" s="61"/>
     </row>
     <row r="36" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="58"/>
       <c r="B36" s="102" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C36" s="60"/>
       <c r="D36" s="103" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E36" s="104" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F36" s="50"/>
       <c r="G36" s="52"/>
     </row>
     <row r="37" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="58"/>
       <c r="B37" s="3"/>
       <c r="C37" s="54"/>
       <c r="D37" s="36"/>
       <c r="E37" s="88"/>
       <c r="F37" s="89"/>
       <c r="G37" s="90"/>
     </row>
     <row r="38" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="58"/>
       <c r="B38" s="102" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C38" s="53"/>
       <c r="D38" s="103" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E38" s="104" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F38" s="50"/>
       <c r="G38" s="52"/>
     </row>
     <row r="39" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="58"/>
       <c r="B39" s="62"/>
       <c r="C39" s="63"/>
       <c r="D39" s="37"/>
       <c r="E39" s="97"/>
       <c r="F39" s="98"/>
       <c r="G39" s="99"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A40" s="58"/>
       <c r="B40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="5"/>
       <c r="G40" s="33"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A41" s="58"/>
       <c r="B41" s="24" t="s">
         <v>8</v>
@@ -2552,133 +2552,133 @@
       <c r="E47" s="7"/>
       <c r="F47" s="11"/>
       <c r="G47" s="23"/>
     </row>
     <row r="48" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="58"/>
       <c r="B48" s="64"/>
       <c r="C48" s="65"/>
       <c r="D48" s="65"/>
       <c r="E48" s="2"/>
       <c r="F48" s="11"/>
       <c r="G48" s="23"/>
     </row>
     <row r="49" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="58"/>
       <c r="B49" s="64"/>
       <c r="C49" s="65"/>
       <c r="D49" s="65"/>
       <c r="E49" s="2"/>
       <c r="F49" s="11"/>
       <c r="G49" s="23"/>
     </row>
     <row r="50" spans="1:7" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="58"/>
       <c r="B50" s="82" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C50" s="83"/>
       <c r="D50" s="83"/>
       <c r="E50" s="15"/>
       <c r="F50" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G50" s="1"/>
     </row>
     <row r="51" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A51" s="58"/>
       <c r="B51" s="20" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C51" s="19"/>
       <c r="D51" s="18"/>
       <c r="E51" s="14"/>
       <c r="F51" s="5"/>
       <c r="G51" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A52" s="58"/>
       <c r="B52" s="76" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C52" s="77"/>
       <c r="D52" s="78"/>
       <c r="E52" s="8"/>
       <c r="F52" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G52" s="17">
         <f>G28-G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="59"/>
       <c r="B53" s="79"/>
       <c r="C53" s="80"/>
       <c r="D53" s="81"/>
       <c r="E53" s="16"/>
       <c r="F53" s="86" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="87"/>
     </row>
     <row r="54" spans="1:7" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="32"/>
       <c r="B54" s="32"/>
       <c r="C54" s="32"/>
       <c r="D54" s="32"/>
       <c r="E54" s="72"/>
       <c r="F54" s="72"/>
       <c r="G54" s="72"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="95" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B55" s="70"/>
       <c r="C55" s="70"/>
       <c r="D55" s="71"/>
       <c r="E55" s="96" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F55" s="70"/>
       <c r="G55" s="73"/>
     </row>
     <row r="56" spans="1:7" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="67"/>
       <c r="B56" s="66"/>
       <c r="C56" s="68"/>
       <c r="D56" s="69"/>
       <c r="E56" s="74"/>
       <c r="F56" s="66"/>
       <c r="G56" s="75"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4W0DUhmyXbbgFsz4dEAVR3IX2aOALJD2Tg+EQx1TjBKCOHd727Y7+CAV5xMWqRfmP1tgtH/dNkQv5JERe3gMXg==" saltValue="IjdimFRayPzpgqZR6aJXWw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aAYEgIZuOcJ9Kl0C+qctt72HsF7kWkt8yNFP4W3WDcyGg/FjWwbZOHdyU7Pcd6Qkv9/NfNrCsh0UTjhOcgUS2g==" saltValue="M725C62CQlykQ2TsnyZN5Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <conditionalFormatting sqref="G52">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>ISBLANK($G$28)</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Check box if credit is from SAC paid.">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>1104900</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>161925</xdr:rowOff>
                   </from>
@@ -2722,66 +2722,66 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
-      <vt:lpstr>SAC-C 2025</vt:lpstr>
-[...14 lines deleted...]
-      <vt:lpstr>'SAC-C 2025'!Text9</vt:lpstr>
+      <vt:lpstr>SAC-C 2026</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Check9</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text10</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text13</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text15</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text2</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text22</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text23</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text26</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text28</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text30</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text34</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text35</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text7</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text8</vt:lpstr>
+      <vt:lpstr>'SAC-C 2026'!Text9</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-C Form</dc:title>
   <dc:subject>Commercial Detail Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">