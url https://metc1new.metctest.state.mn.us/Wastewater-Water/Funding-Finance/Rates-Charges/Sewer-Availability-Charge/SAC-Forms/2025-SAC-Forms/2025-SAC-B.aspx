--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -4,69 +4,69 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62C2436B-B8F7-4714-B22C-F30BFC0BFA6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CC88C98-6B67-42EE-B4CF-B895945E2295}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-B (with credits) 2025" sheetId="1" r:id="rId1"/>
-    <sheet name="SAC-B (Basic) (no credits) 2025" sheetId="6" r:id="rId2"/>
+    <sheet name="SAC-B (with credits) 2026" sheetId="1" r:id="rId1"/>
+    <sheet name="SAC-B (Basic) (no credits) 2026" sheetId="6" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'SAC-B (Basic) (no credits) 2025'!$A$1:$G$41</definedName>
-[...1 lines deleted...]
-    <definedName name="TypeOfCredit">'SAC-B (with credits) 2025'!$J$3:$J$6</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'SAC-B (Basic) (no credits) 2026'!$A$1:$G$41</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-B (with credits) 2026'!$A$1:$G$46</definedName>
+    <definedName name="TypeOfCredit">'SAC-B (with credits) 2026'!$J$3:$J$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G42" i="1" l="1"/>
   <c r="G35" i="1"/>
   <c r="G28" i="1"/>
   <c r="G21" i="1"/>
   <c r="I19" i="1"/>
   <c r="G14" i="1"/>
   <c r="I26" i="1"/>
   <c r="I14" i="1"/>
@@ -79,53 +79,50 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="32">
   <si>
     <t>Permit Issue Date</t>
   </si>
   <si>
     <t>Parcel ID Number</t>
   </si>
   <si>
     <t>Property Address</t>
   </si>
   <si>
     <t>Permit Number</t>
   </si>
   <si>
     <t>Sewer Availability Charge (SAC)</t>
   </si>
   <si>
     <t>Customer Community</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
-    <t>All residential activity reported on MCES SAC-B Form must be shown on SAC-A under the corresponding columns.</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Reporting Period </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(month or quarter)</t>
     </r>
   </si>
   <si>
     <t>Property Address                                                       (If Different)</t>
   </si>
   <si>
     <t>SAC Paid</t>
   </si>
   <si>
     <t>Non-Conforming Grandparent Demand</t>
   </si>
   <si>
     <t>Non-Conforming Continuous Demand</t>
   </si>
@@ -136,53 +133,50 @@
     <t>**Allowable Net Credits are only from SAC Paid or approved Grandparent Credits. Community-wide credits are only from SAC paid.</t>
   </si>
   <si>
     <t>Type of Credit:***</t>
   </si>
   <si>
     <t>Click On Cell For Drop Down List</t>
   </si>
   <si>
     <t># of SAC Units (a)</t>
   </si>
   <si>
     <t># of SAC Credits (b)</t>
   </si>
   <si>
     <t>Type of Use*</t>
   </si>
   <si>
     <t xml:space="preserve"># of SAC Units </t>
   </si>
   <si>
     <t>Original Permit Number</t>
   </si>
   <si>
     <t>Original Permit Issue Date</t>
-  </si>
-[...1 lines deleted...]
-    <t>Net SAC (a-b) **</t>
   </si>
   <si>
     <t>Non-Conforming Gross Square Feet</t>
   </si>
   <si>
     <t>*** Attach documentation for Non-Conforming Grandparent Demand.</t>
   </si>
   <si>
     <t>Enter if Demo:</t>
   </si>
   <si>
     <t>SAC-D Demo Reporting Period (mm/yy)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">*Type of Use:  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>S</t>
@@ -258,54 +252,61 @@
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> = Apartment/Condo Conversion</t>
     </r>
   </si>
   <si>
     <r>
       <t>Type of Use</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <t>2025 RESIDENTIAL DETAIL REPORT - WITH OFFSETTING CREDITS</t>
+    <t>2026 RESIDENTIAL DETAIL REPORT - WITH OFFSETTING CREDITS</t>
   </si>
   <si>
-    <t>2025 RESIDENTIAL DETAIL REPORT - WITH NO CREDITS</t>
+    <t>Net SAC 
+(a-b = net) **</t>
+  </si>
+  <si>
+    <t>2026 RESIDENTIAL DETAIL REPORT - WITH NO CREDITS</t>
+  </si>
+  <si>
+    <t>All residential activity reported on SAC-B Form must be shown on SAC-A under the corresponding columns.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1241,67 +1242,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-B Form</a:t>
+            <a:t>SAC-B Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>136924</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="264560" cy="733662"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9095ED87-BC7A-473C-987D-7A82D7387E76}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
@@ -2170,67 +2171,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-B (Basic) Form</a:t>
+            <a:t>SAC-B (Basic) Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>-23467</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>134658</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="311496" cy="883447"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="TextBox 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8DD5F2A-C2DF-4441-9B7E-8D41EE887BF2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
@@ -2859,154 +2860,154 @@
       <c r="B1" s="54"/>
       <c r="C1" s="55"/>
       <c r="D1" s="54"/>
       <c r="E1" s="54"/>
       <c r="F1" s="54"/>
       <c r="G1" s="56"/>
     </row>
     <row r="2" spans="1:64" x14ac:dyDescent="0.25">
       <c r="A2" s="53"/>
       <c r="B2" s="54"/>
       <c r="C2" s="55"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="56"/>
     </row>
     <row r="3" spans="1:64" x14ac:dyDescent="0.25">
       <c r="A3" s="53"/>
       <c r="B3" s="54"/>
       <c r="C3" s="55"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="56"/>
       <c r="J3" s="9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:64" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="96" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="72"/>
       <c r="C4" s="72"/>
       <c r="D4" s="72"/>
       <c r="E4" s="72"/>
       <c r="F4" s="72"/>
       <c r="G4" s="72"/>
       <c r="H4" s="32"/>
       <c r="I4" s="32"/>
       <c r="J4" s="9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:64" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="94" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B5" s="94"/>
       <c r="C5" s="94"/>
       <c r="D5" s="94"/>
       <c r="E5" s="94"/>
       <c r="F5" s="94"/>
       <c r="G5" s="94"/>
       <c r="H5" s="95"/>
       <c r="I5" s="95"/>
       <c r="J5" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:64" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="54"/>
       <c r="B6" s="54"/>
       <c r="C6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="73"/>
       <c r="E6" s="74"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3"/>
       <c r="H6" s="33"/>
       <c r="I6" s="33"/>
       <c r="J6" s="9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:64" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="54"/>
       <c r="B7" s="54"/>
       <c r="D7" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E7" s="57"/>
       <c r="F7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="57"/>
       <c r="H7" s="33"/>
       <c r="I7" s="33"/>
     </row>
     <row r="8" spans="1:64" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="53"/>
       <c r="B8" s="54"/>
       <c r="C8" s="55"/>
       <c r="D8" s="54"/>
       <c r="E8" s="54"/>
       <c r="F8" s="54"/>
       <c r="G8" s="56"/>
     </row>
     <row r="9" spans="1:64" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="28" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B9" s="29"/>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="29"/>
       <c r="G9" s="30"/>
     </row>
     <row r="10" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="77"/>
       <c r="B10" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="37" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="36" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G10" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H10" s="34"/>
       <c r="I10" s="34"/>
       <c r="J10" s="24"/>
       <c r="K10" s="34"/>
       <c r="L10" s="34"/>
       <c r="M10" s="34"/>
       <c r="N10" s="34"/>
       <c r="O10" s="34"/>
       <c r="P10" s="34"/>
       <c r="Q10" s="34"/>
       <c r="R10" s="34"/>
       <c r="S10" s="34"/>
       <c r="T10" s="34"/>
       <c r="U10" s="34"/>
       <c r="V10" s="34"/>
       <c r="W10" s="34"/>
       <c r="X10" s="34"/>
       <c r="Y10" s="34"/>
       <c r="Z10" s="34"/>
       <c r="AA10" s="34"/>
       <c r="AB10" s="34"/>
       <c r="AC10" s="34"/>
       <c r="AD10" s="34"/>
       <c r="AE10" s="34"/>
@@ -3034,83 +3035,83 @@
       <c r="BA10" s="34"/>
       <c r="BB10" s="34"/>
       <c r="BC10" s="34"/>
       <c r="BD10" s="34"/>
       <c r="BE10" s="34"/>
       <c r="BF10" s="34"/>
       <c r="BG10" s="34"/>
       <c r="BH10" s="34"/>
       <c r="BI10" s="34"/>
       <c r="BJ10" s="34"/>
       <c r="BK10" s="34"/>
       <c r="BL10" s="34"/>
     </row>
     <row r="11" spans="1:64" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="78"/>
       <c r="B11" s="58"/>
       <c r="C11" s="59"/>
       <c r="D11" s="58"/>
       <c r="E11" s="92"/>
       <c r="F11" s="58"/>
       <c r="G11" s="60"/>
     </row>
     <row r="12" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="79"/>
       <c r="B12" s="103" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C12" s="61"/>
       <c r="D12" s="98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E12" s="61"/>
       <c r="F12" s="61"/>
       <c r="G12" s="62"/>
       <c r="I12" s="9" t="b">
         <f>OR(D12="SAC Paid",D12="Non-Conforming Grandparent Demand")</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="79"/>
       <c r="B13" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="45" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E13" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="46" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H13" s="34"/>
       <c r="I13" s="34"/>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="34"/>
       <c r="M13" s="34"/>
       <c r="N13" s="34"/>
       <c r="O13" s="34"/>
       <c r="P13" s="34"/>
       <c r="Q13" s="34"/>
       <c r="R13" s="34"/>
       <c r="S13" s="34"/>
       <c r="T13" s="34"/>
       <c r="U13" s="34"/>
       <c r="V13" s="34"/>
       <c r="W13" s="34"/>
       <c r="X13" s="34"/>
       <c r="Y13" s="34"/>
       <c r="Z13" s="34"/>
       <c r="AA13" s="34"/>
       <c r="AB13" s="34"/>
       <c r="AC13" s="34"/>
       <c r="AD13" s="34"/>
       <c r="AE13" s="34"/>
@@ -3151,90 +3152,90 @@
     <row r="14" spans="1:64" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="79"/>
       <c r="B14" s="47"/>
       <c r="C14" s="48"/>
       <c r="D14" s="49"/>
       <c r="E14" s="49"/>
       <c r="F14" s="49"/>
       <c r="G14" s="69" t="str">
         <f>IF(ISBLANK(G11),"",G11-E14)</f>
         <v/>
       </c>
       <c r="H14" s="24"/>
       <c r="I14" s="24">
         <f>IF(G11-E14&gt;0,"",G11-E14)</f>
         <v>0</v>
       </c>
       <c r="J14" s="10">
         <f>IF(I12=TRUE,(IF(G11-E14&gt;0,"",G11-E14)),0)</f>
         <v>0</v>
       </c>
       <c r="K14" s="10"/>
     </row>
     <row r="15" spans="1:64" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="80"/>
       <c r="B15" s="50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C15" s="51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D15" s="52"/>
       <c r="E15" s="83" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F15" s="84"/>
       <c r="G15" s="71"/>
     </row>
     <row r="16" spans="1:64" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="63"/>
       <c r="B16" s="64"/>
       <c r="C16" s="65"/>
       <c r="D16" s="64"/>
       <c r="E16" s="64"/>
       <c r="F16" s="64"/>
       <c r="G16" s="66"/>
     </row>
     <row r="17" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="77"/>
       <c r="B17" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="37" t="s">
         <v>0</v>
       </c>
       <c r="D17" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="36" t="s">
         <v>1</v>
       </c>
       <c r="F17" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G17" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H17" s="34"/>
       <c r="I17" s="34"/>
       <c r="J17" s="24"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
       <c r="M17" s="34"/>
       <c r="N17" s="34"/>
       <c r="O17" s="34"/>
       <c r="P17" s="34"/>
       <c r="Q17" s="34"/>
       <c r="R17" s="34"/>
       <c r="S17" s="34"/>
       <c r="T17" s="34"/>
       <c r="U17" s="34"/>
       <c r="V17" s="34"/>
       <c r="W17" s="34"/>
       <c r="X17" s="34"/>
       <c r="Y17" s="34"/>
       <c r="Z17" s="34"/>
       <c r="AA17" s="34"/>
       <c r="AB17" s="34"/>
       <c r="AC17" s="34"/>
       <c r="AD17" s="34"/>
       <c r="AE17" s="34"/>
@@ -3262,83 +3263,83 @@
       <c r="BA17" s="34"/>
       <c r="BB17" s="34"/>
       <c r="BC17" s="34"/>
       <c r="BD17" s="34"/>
       <c r="BE17" s="34"/>
       <c r="BF17" s="34"/>
       <c r="BG17" s="34"/>
       <c r="BH17" s="34"/>
       <c r="BI17" s="34"/>
       <c r="BJ17" s="34"/>
       <c r="BK17" s="34"/>
       <c r="BL17" s="34"/>
     </row>
     <row r="18" spans="1:64" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="81"/>
       <c r="B18" s="38"/>
       <c r="C18" s="39"/>
       <c r="D18" s="38"/>
       <c r="E18" s="93"/>
       <c r="F18" s="38"/>
       <c r="G18" s="40"/>
     </row>
     <row r="19" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="82"/>
       <c r="B19" s="102" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C19" s="99"/>
       <c r="D19" s="98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E19" s="41"/>
       <c r="F19" s="41"/>
       <c r="G19" s="42"/>
       <c r="I19" s="9" t="b">
         <f>OR(D19="SAC Paid",D19="Non-Conforming Grandparent Demand")</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="79"/>
       <c r="B20" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="45" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E20" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="F20" s="70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="46" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H20" s="34"/>
       <c r="I20" s="34"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="34"/>
       <c r="M20" s="34"/>
       <c r="N20" s="34"/>
       <c r="O20" s="34"/>
       <c r="P20" s="34"/>
       <c r="Q20" s="34"/>
       <c r="R20" s="34"/>
       <c r="S20" s="34"/>
       <c r="T20" s="34"/>
       <c r="U20" s="34"/>
       <c r="V20" s="34"/>
       <c r="W20" s="34"/>
       <c r="X20" s="34"/>
       <c r="Y20" s="34"/>
       <c r="Z20" s="34"/>
       <c r="AA20" s="34"/>
       <c r="AB20" s="34"/>
       <c r="AC20" s="34"/>
       <c r="AD20" s="34"/>
       <c r="AE20" s="34"/>
@@ -3371,90 +3372,90 @@
       <c r="BF20" s="34"/>
       <c r="BG20" s="34"/>
       <c r="BH20" s="34"/>
       <c r="BI20" s="34"/>
       <c r="BJ20" s="34"/>
       <c r="BK20" s="34"/>
       <c r="BL20" s="34"/>
     </row>
     <row r="21" spans="1:64" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="79"/>
       <c r="B21" s="47"/>
       <c r="C21" s="48"/>
       <c r="D21" s="49"/>
       <c r="E21" s="49"/>
       <c r="F21" s="49"/>
       <c r="G21" s="69" t="str">
         <f>IF(ISBLANK(G18),"",G18-E21)</f>
         <v/>
       </c>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
     </row>
     <row r="22" spans="1:64" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="80"/>
       <c r="B22" s="50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C22" s="51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D22" s="52"/>
       <c r="E22" s="83" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F22" s="84"/>
       <c r="G22" s="71"/>
     </row>
     <row r="23" spans="1:64" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="63"/>
       <c r="B23" s="64"/>
       <c r="C23" s="65"/>
       <c r="D23" s="64"/>
       <c r="E23" s="64"/>
       <c r="F23" s="64"/>
       <c r="G23" s="66"/>
     </row>
     <row r="24" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="77"/>
       <c r="B24" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="37" t="s">
         <v>0</v>
       </c>
       <c r="D24" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E24" s="36" t="s">
         <v>1</v>
       </c>
       <c r="F24" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G24" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="24"/>
       <c r="K24" s="34"/>
       <c r="L24" s="34"/>
       <c r="M24" s="34"/>
       <c r="N24" s="34"/>
       <c r="O24" s="34"/>
       <c r="P24" s="34"/>
       <c r="Q24" s="34"/>
       <c r="R24" s="34"/>
       <c r="S24" s="34"/>
       <c r="T24" s="34"/>
       <c r="U24" s="34"/>
       <c r="V24" s="34"/>
       <c r="W24" s="34"/>
       <c r="X24" s="34"/>
       <c r="Y24" s="34"/>
       <c r="Z24" s="34"/>
       <c r="AA24" s="34"/>
       <c r="AB24" s="34"/>
       <c r="AC24" s="34"/>
       <c r="AD24" s="34"/>
       <c r="AE24" s="34"/>
@@ -3482,83 +3483,83 @@
       <c r="BA24" s="34"/>
       <c r="BB24" s="34"/>
       <c r="BC24" s="34"/>
       <c r="BD24" s="34"/>
       <c r="BE24" s="34"/>
       <c r="BF24" s="34"/>
       <c r="BG24" s="34"/>
       <c r="BH24" s="34"/>
       <c r="BI24" s="34"/>
       <c r="BJ24" s="34"/>
       <c r="BK24" s="34"/>
       <c r="BL24" s="34"/>
     </row>
     <row r="25" spans="1:64" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="81"/>
       <c r="B25" s="38"/>
       <c r="C25" s="39"/>
       <c r="D25" s="38"/>
       <c r="E25" s="93"/>
       <c r="F25" s="38"/>
       <c r="G25" s="40"/>
     </row>
     <row r="26" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="82"/>
       <c r="B26" s="102" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C26" s="99"/>
       <c r="D26" s="98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="42"/>
       <c r="I26" s="9" t="b">
         <f>OR(D26="SAC Paid",D26="Non-Conforming Grandparent Demand")</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="79"/>
       <c r="B27" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="C27" s="44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="45" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E27" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="F27" s="70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="46" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H27" s="34"/>
       <c r="I27" s="34"/>
       <c r="J27" s="10"/>
       <c r="K27" s="10"/>
       <c r="L27" s="34"/>
       <c r="M27" s="34"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="34"/>
       <c r="U27" s="34"/>
       <c r="V27" s="34"/>
       <c r="W27" s="34"/>
       <c r="X27" s="34"/>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="34"/>
       <c r="AB27" s="34"/>
       <c r="AC27" s="34"/>
       <c r="AD27" s="34"/>
       <c r="AE27" s="34"/>
@@ -3591,90 +3592,90 @@
       <c r="BF27" s="34"/>
       <c r="BG27" s="34"/>
       <c r="BH27" s="34"/>
       <c r="BI27" s="34"/>
       <c r="BJ27" s="34"/>
       <c r="BK27" s="34"/>
       <c r="BL27" s="34"/>
     </row>
     <row r="28" spans="1:64" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="79"/>
       <c r="B28" s="47"/>
       <c r="C28" s="48"/>
       <c r="D28" s="49"/>
       <c r="E28" s="49"/>
       <c r="F28" s="49"/>
       <c r="G28" s="69" t="str">
         <f>IF(ISBLANK(G25),"",G25-E28)</f>
         <v/>
       </c>
       <c r="J28" s="10"/>
       <c r="K28" s="10"/>
     </row>
     <row r="29" spans="1:64" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="80"/>
       <c r="B29" s="50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C29" s="51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D29" s="52"/>
       <c r="E29" s="83" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F29" s="84"/>
       <c r="G29" s="71"/>
     </row>
     <row r="30" spans="1:64" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="63"/>
       <c r="B30" s="64"/>
       <c r="C30" s="65"/>
       <c r="D30" s="64"/>
       <c r="E30" s="64"/>
       <c r="F30" s="64"/>
       <c r="G30" s="66"/>
     </row>
     <row r="31" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="77"/>
       <c r="B31" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="37" t="s">
         <v>0</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="36" t="s">
         <v>1</v>
       </c>
       <c r="F31" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G31" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H31" s="34"/>
       <c r="I31" s="34"/>
       <c r="J31" s="24"/>
       <c r="K31" s="34"/>
       <c r="L31" s="34"/>
       <c r="M31" s="34"/>
       <c r="N31" s="34"/>
       <c r="O31" s="34"/>
       <c r="P31" s="34"/>
       <c r="Q31" s="34"/>
       <c r="R31" s="34"/>
       <c r="S31" s="34"/>
       <c r="T31" s="34"/>
       <c r="U31" s="34"/>
       <c r="V31" s="34"/>
       <c r="W31" s="34"/>
       <c r="X31" s="34"/>
       <c r="Y31" s="34"/>
       <c r="Z31" s="34"/>
       <c r="AA31" s="34"/>
       <c r="AB31" s="34"/>
       <c r="AC31" s="34"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="34"/>
@@ -3702,83 +3703,83 @@
       <c r="BA31" s="34"/>
       <c r="BB31" s="34"/>
       <c r="BC31" s="34"/>
       <c r="BD31" s="34"/>
       <c r="BE31" s="34"/>
       <c r="BF31" s="34"/>
       <c r="BG31" s="34"/>
       <c r="BH31" s="34"/>
       <c r="BI31" s="34"/>
       <c r="BJ31" s="34"/>
       <c r="BK31" s="34"/>
       <c r="BL31" s="34"/>
     </row>
     <row r="32" spans="1:64" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="81"/>
       <c r="B32" s="38"/>
       <c r="C32" s="39"/>
       <c r="D32" s="38"/>
       <c r="E32" s="93"/>
       <c r="F32" s="38"/>
       <c r="G32" s="40"/>
     </row>
     <row r="33" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="82"/>
       <c r="B33" s="102" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C33" s="99"/>
       <c r="D33" s="98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E33" s="41"/>
       <c r="F33" s="41"/>
       <c r="G33" s="42"/>
       <c r="I33" s="9" t="b">
         <f>OR(D33="SAC Paid",D33="Non-Conforming Grandparent Demand")</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="79"/>
       <c r="B34" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C34" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="C34" s="44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="45" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E34" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="F34" s="70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="46" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H34" s="34"/>
       <c r="I34" s="34"/>
       <c r="J34" s="10"/>
       <c r="K34" s="10"/>
       <c r="L34" s="34"/>
       <c r="M34" s="34"/>
       <c r="N34" s="34"/>
       <c r="O34" s="34"/>
       <c r="P34" s="34"/>
       <c r="Q34" s="34"/>
       <c r="R34" s="34"/>
       <c r="S34" s="34"/>
       <c r="T34" s="34"/>
       <c r="U34" s="34"/>
       <c r="V34" s="34"/>
       <c r="W34" s="34"/>
       <c r="X34" s="34"/>
       <c r="Y34" s="34"/>
       <c r="Z34" s="34"/>
       <c r="AA34" s="34"/>
       <c r="AB34" s="34"/>
       <c r="AC34" s="34"/>
       <c r="AD34" s="34"/>
       <c r="AE34" s="34"/>
@@ -3811,90 +3812,90 @@
       <c r="BF34" s="34"/>
       <c r="BG34" s="34"/>
       <c r="BH34" s="34"/>
       <c r="BI34" s="34"/>
       <c r="BJ34" s="34"/>
       <c r="BK34" s="34"/>
       <c r="BL34" s="34"/>
     </row>
     <row r="35" spans="1:64" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="79"/>
       <c r="B35" s="47"/>
       <c r="C35" s="48"/>
       <c r="D35" s="49"/>
       <c r="E35" s="49"/>
       <c r="F35" s="49"/>
       <c r="G35" s="69" t="str">
         <f>IF(ISBLANK(G32),"",G32-E35)</f>
         <v/>
       </c>
       <c r="J35" s="10"/>
       <c r="K35" s="10"/>
     </row>
     <row r="36" spans="1:64" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="80"/>
       <c r="B36" s="50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C36" s="51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D36" s="52"/>
       <c r="E36" s="83" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F36" s="84"/>
       <c r="G36" s="71"/>
     </row>
     <row r="37" spans="1:64" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="63"/>
       <c r="B37" s="64"/>
       <c r="C37" s="65"/>
       <c r="D37" s="64"/>
       <c r="E37" s="64"/>
       <c r="F37" s="64"/>
       <c r="G37" s="66"/>
     </row>
     <row r="38" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="77"/>
       <c r="B38" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C38" s="37" t="s">
         <v>0</v>
       </c>
       <c r="D38" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E38" s="36" t="s">
         <v>1</v>
       </c>
       <c r="F38" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G38" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H38" s="34"/>
       <c r="I38" s="34"/>
       <c r="J38" s="24"/>
       <c r="K38" s="34"/>
       <c r="L38" s="34"/>
       <c r="M38" s="34"/>
       <c r="N38" s="34"/>
       <c r="O38" s="34"/>
       <c r="P38" s="34"/>
       <c r="Q38" s="34"/>
       <c r="R38" s="34"/>
       <c r="S38" s="34"/>
       <c r="T38" s="34"/>
       <c r="U38" s="34"/>
       <c r="V38" s="34"/>
       <c r="W38" s="34"/>
       <c r="X38" s="34"/>
       <c r="Y38" s="34"/>
       <c r="Z38" s="34"/>
       <c r="AA38" s="34"/>
       <c r="AB38" s="34"/>
       <c r="AC38" s="34"/>
       <c r="AD38" s="34"/>
       <c r="AE38" s="34"/>
@@ -3922,83 +3923,83 @@
       <c r="BA38" s="34"/>
       <c r="BB38" s="34"/>
       <c r="BC38" s="34"/>
       <c r="BD38" s="34"/>
       <c r="BE38" s="34"/>
       <c r="BF38" s="34"/>
       <c r="BG38" s="34"/>
       <c r="BH38" s="34"/>
       <c r="BI38" s="34"/>
       <c r="BJ38" s="34"/>
       <c r="BK38" s="34"/>
       <c r="BL38" s="34"/>
     </row>
     <row r="39" spans="1:64" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="81"/>
       <c r="B39" s="38"/>
       <c r="C39" s="39"/>
       <c r="D39" s="38"/>
       <c r="E39" s="93"/>
       <c r="F39" s="38"/>
       <c r="G39" s="40"/>
     </row>
     <row r="40" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="82"/>
       <c r="B40" s="102" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C40" s="99"/>
       <c r="D40" s="98" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E40" s="41"/>
       <c r="F40" s="41"/>
       <c r="G40" s="42"/>
       <c r="I40" s="9" t="b">
         <f>OR(D40="SAC Paid",D40="Non-Conforming Grandparent Demand")</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:64" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="79"/>
       <c r="B41" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="C41" s="44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="45" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E41" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="F41" s="70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="46" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H41" s="34"/>
       <c r="I41" s="34"/>
       <c r="J41" s="10"/>
       <c r="K41" s="10"/>
       <c r="L41" s="34"/>
       <c r="M41" s="34"/>
       <c r="N41" s="34"/>
       <c r="O41" s="34"/>
       <c r="P41" s="34"/>
       <c r="Q41" s="34"/>
       <c r="R41" s="34"/>
       <c r="S41" s="34"/>
       <c r="T41" s="34"/>
       <c r="U41" s="34"/>
       <c r="V41" s="34"/>
       <c r="W41" s="34"/>
       <c r="X41" s="34"/>
       <c r="Y41" s="34"/>
       <c r="Z41" s="34"/>
       <c r="AA41" s="34"/>
       <c r="AB41" s="34"/>
       <c r="AC41" s="34"/>
       <c r="AD41" s="34"/>
       <c r="AE41" s="34"/>
@@ -4031,65 +4032,65 @@
       <c r="BF41" s="34"/>
       <c r="BG41" s="34"/>
       <c r="BH41" s="34"/>
       <c r="BI41" s="34"/>
       <c r="BJ41" s="34"/>
       <c r="BK41" s="34"/>
       <c r="BL41" s="34"/>
     </row>
     <row r="42" spans="1:64" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="79"/>
       <c r="B42" s="47"/>
       <c r="C42" s="48"/>
       <c r="D42" s="49"/>
       <c r="E42" s="49"/>
       <c r="F42" s="49"/>
       <c r="G42" s="69" t="str">
         <f>IF(ISBLANK(G39),"",G39-E42)</f>
         <v/>
       </c>
       <c r="J42" s="10"/>
       <c r="K42" s="10"/>
     </row>
     <row r="43" spans="1:64" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="80"/>
       <c r="B43" s="50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C43" s="51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D43" s="52"/>
       <c r="E43" s="83" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F43" s="84"/>
       <c r="G43" s="71"/>
     </row>
     <row r="44" spans="1:64" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="101" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B44" s="100"/>
       <c r="C44" s="100"/>
       <c r="D44" s="100"/>
       <c r="E44" s="100"/>
       <c r="F44" s="100"/>
       <c r="G44" s="100"/>
       <c r="H44" s="35"/>
       <c r="I44" s="35"/>
       <c r="J44" s="35"/>
       <c r="K44" s="35"/>
       <c r="L44" s="35"/>
       <c r="M44" s="35"/>
       <c r="N44" s="35"/>
       <c r="O44" s="35"/>
       <c r="P44" s="35"/>
       <c r="Q44" s="35"/>
       <c r="R44" s="35"/>
       <c r="S44" s="35"/>
       <c r="T44" s="35"/>
       <c r="U44" s="35"/>
       <c r="V44" s="35"/>
       <c r="W44" s="35"/>
       <c r="X44" s="35"/>
       <c r="Y44" s="35"/>
@@ -4113,51 +4114,51 @@
       <c r="AQ44" s="35"/>
       <c r="AR44" s="35"/>
       <c r="AS44" s="35"/>
       <c r="AT44" s="35"/>
       <c r="AU44" s="35"/>
       <c r="AV44" s="35"/>
       <c r="AW44" s="35"/>
       <c r="AX44" s="35"/>
       <c r="AY44" s="35"/>
       <c r="AZ44" s="35"/>
       <c r="BA44" s="35"/>
       <c r="BB44" s="35"/>
       <c r="BC44" s="35"/>
       <c r="BD44" s="35"/>
       <c r="BE44" s="35"/>
       <c r="BF44" s="35"/>
       <c r="BG44" s="35"/>
       <c r="BH44" s="35"/>
       <c r="BI44" s="35"/>
       <c r="BJ44" s="35"/>
       <c r="BK44" s="35"/>
       <c r="BL44" s="35"/>
     </row>
     <row r="45" spans="1:64" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B45" s="76"/>
       <c r="C45" s="76"/>
       <c r="D45" s="76"/>
       <c r="E45" s="76"/>
       <c r="F45" s="76"/>
       <c r="G45" s="76"/>
       <c r="H45" s="35"/>
       <c r="I45" s="35"/>
       <c r="J45" s="35"/>
       <c r="K45" s="35"/>
       <c r="L45" s="35"/>
       <c r="M45" s="35"/>
       <c r="N45" s="35"/>
       <c r="O45" s="35"/>
       <c r="P45" s="35"/>
       <c r="Q45" s="35"/>
       <c r="R45" s="35"/>
       <c r="S45" s="35"/>
       <c r="T45" s="35"/>
       <c r="U45" s="35"/>
       <c r="V45" s="35"/>
       <c r="W45" s="35"/>
       <c r="X45" s="35"/>
       <c r="Y45" s="35"/>
@@ -4181,51 +4182,51 @@
       <c r="AQ45" s="35"/>
       <c r="AR45" s="35"/>
       <c r="AS45" s="35"/>
       <c r="AT45" s="35"/>
       <c r="AU45" s="35"/>
       <c r="AV45" s="35"/>
       <c r="AW45" s="35"/>
       <c r="AX45" s="35"/>
       <c r="AY45" s="35"/>
       <c r="AZ45" s="35"/>
       <c r="BA45" s="35"/>
       <c r="BB45" s="35"/>
       <c r="BC45" s="35"/>
       <c r="BD45" s="35"/>
       <c r="BE45" s="35"/>
       <c r="BF45" s="35"/>
       <c r="BG45" s="35"/>
       <c r="BH45" s="35"/>
       <c r="BI45" s="35"/>
       <c r="BJ45" s="35"/>
       <c r="BK45" s="35"/>
       <c r="BL45" s="35"/>
     </row>
     <row r="46" spans="1:64" s="27" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="75" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B46" s="75"/>
       <c r="C46" s="75"/>
       <c r="D46" s="75"/>
       <c r="E46" s="75"/>
       <c r="F46" s="75"/>
       <c r="G46" s="75"/>
       <c r="H46" s="35"/>
       <c r="I46" s="35"/>
       <c r="J46" s="35"/>
       <c r="K46" s="35"/>
       <c r="L46" s="35"/>
       <c r="M46" s="35"/>
       <c r="N46" s="35"/>
       <c r="O46" s="35"/>
       <c r="P46" s="35"/>
       <c r="Q46" s="35"/>
       <c r="R46" s="35"/>
       <c r="S46" s="35"/>
       <c r="T46" s="35"/>
       <c r="U46" s="35"/>
       <c r="V46" s="35"/>
       <c r="W46" s="35"/>
       <c r="X46" s="35"/>
       <c r="Y46" s="35"/>
@@ -4248,78 +4249,78 @@
       <c r="AP46" s="35"/>
       <c r="AQ46" s="35"/>
       <c r="AR46" s="35"/>
       <c r="AS46" s="35"/>
       <c r="AT46" s="35"/>
       <c r="AU46" s="35"/>
       <c r="AV46" s="35"/>
       <c r="AW46" s="35"/>
       <c r="AX46" s="35"/>
       <c r="AY46" s="35"/>
       <c r="AZ46" s="35"/>
       <c r="BA46" s="35"/>
       <c r="BB46" s="35"/>
       <c r="BC46" s="35"/>
       <c r="BD46" s="35"/>
       <c r="BE46" s="35"/>
       <c r="BF46" s="35"/>
       <c r="BG46" s="35"/>
       <c r="BH46" s="35"/>
       <c r="BI46" s="35"/>
       <c r="BJ46" s="35"/>
       <c r="BK46" s="35"/>
       <c r="BL46" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="6YdDyDxGrXYh/YJtqKMdOTOwplH8G2ZFd0Krtzqs1G3UDAOsTrU+M9QORk3DKwDe53ZilRLQ6liEQZrICnBXow==" saltValue="nvNKHfNuQHUL2wp7c1Flrg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cLLYUB/kwoVxWE2ieoa4jqQ3SMeoVuYCpi6yx6inySADC7ZClGhivT+lc/7/LMoSiMzlEatrdEqgYTsmpD4SXw==" saltValue="+ZaEM4CN3lQ/lixcllybDg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <conditionalFormatting sqref="G14">
     <cfRule type="expression" dxfId="0" priority="17">
       <formula>ISBLANK($G$11)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="You" promptTitle="Type of Credit" prompt="Choose one of the types of credits from the list." sqref="D12 D40 D33 D26 D19" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>TypeOfCredit</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N41"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A20" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="35.140625" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="13.140625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="11"/>
       <c r="B1" s="12"/>
       <c r="C1" s="13"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="14"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="11"/>
@@ -4330,152 +4331,152 @@
       <c r="F2" s="12"/>
       <c r="G2" s="14"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="11"/>
       <c r="B3" s="12"/>
       <c r="C3" s="13"/>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="14"/>
     </row>
     <row r="4" spans="1:14" s="25" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="96" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="72"/>
       <c r="C4" s="72"/>
       <c r="D4" s="72"/>
       <c r="E4" s="72"/>
       <c r="F4" s="72"/>
       <c r="G4" s="72"/>
       <c r="H4" s="32"/>
       <c r="I4" s="32"/>
       <c r="J4" s="9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K4" s="9"/>
       <c r="L4" s="9"/>
       <c r="M4" s="9"/>
     </row>
     <row r="5" spans="1:14" s="25" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="97" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B5" s="94"/>
       <c r="C5" s="94"/>
       <c r="D5" s="94"/>
       <c r="E5" s="94"/>
       <c r="F5" s="94"/>
       <c r="G5" s="94"/>
       <c r="H5" s="95"/>
       <c r="I5" s="95"/>
       <c r="J5" s="9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
     </row>
     <row r="6" spans="1:14" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="54"/>
       <c r="B6" s="54"/>
       <c r="C6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="73"/>
       <c r="E6" s="74"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3"/>
       <c r="H6" s="33"/>
       <c r="I6" s="33"/>
       <c r="J6" s="9" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
     </row>
     <row r="7" spans="1:14" s="25" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="54"/>
       <c r="B7" s="54"/>
       <c r="C7" s="68"/>
       <c r="D7" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E7" s="57"/>
       <c r="F7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="57"/>
       <c r="H7" s="33"/>
       <c r="I7" s="33"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
     </row>
     <row r="8" spans="1:14" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11"/>
       <c r="B8" s="12"/>
       <c r="C8" s="13"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="14"/>
     </row>
     <row r="9" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="88" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B9" s="89"/>
       <c r="C9" s="89"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
       <c r="F9" s="89"/>
       <c r="G9" s="90"/>
     </row>
     <row r="10" spans="1:14" s="6" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="85"/>
       <c r="B10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G10" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
     </row>
     <row r="11" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="86"/>
       <c r="B11" s="91"/>
       <c r="C11" s="19"/>
       <c r="D11" s="91"/>
       <c r="E11" s="105"/>
       <c r="F11" s="91"/>
       <c r="G11" s="20"/>
       <c r="J11" s="8"/>
     </row>
     <row r="12" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="86"/>
       <c r="B12" s="91"/>
       <c r="C12" s="19"/>
       <c r="D12" s="91"/>
       <c r="E12" s="105"/>
       <c r="F12" s="91"/>
@@ -4742,95 +4743,95 @@
       <c r="G38" s="20"/>
       <c r="J38" s="8"/>
     </row>
     <row r="39" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="86"/>
       <c r="B39" s="91"/>
       <c r="C39" s="19"/>
       <c r="D39" s="91"/>
       <c r="E39" s="105"/>
       <c r="F39" s="91"/>
       <c r="G39" s="20"/>
       <c r="J39" s="8"/>
     </row>
     <row r="40" spans="1:10" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="87"/>
       <c r="B40" s="23"/>
       <c r="C40" s="21"/>
       <c r="D40" s="23"/>
       <c r="E40" s="106"/>
       <c r="F40" s="23"/>
       <c r="G40" s="22"/>
       <c r="J40" s="8"/>
     </row>
     <row r="41" spans="1:10" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="104" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B41" s="104"/>
       <c r="C41" s="104"/>
       <c r="D41" s="104"/>
       <c r="E41" s="104"/>
       <c r="F41" s="104"/>
       <c r="G41" s="104"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BsWaB0vprCkjl+UIhqaQnOn8ZGDIOaYNFJ+vYm4Na0BSZZ25tQWk0zvw9VAcbgsj7EhKO6VyzjZngOovOCcB1w==" saltValue="cpg1EzEMvuCpZ9+tDY1hdA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wE7jL3IqGMobRig5FBzXbQ7ncIRXZKBBE4I8ft8TH/a7zUqW9ok3gBHLADHbI7XTTJyIO7oXg8UizHf5HFlGJQ==" saltValue="a0e1OJ0W8Trf+a7Zm/jUzw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>SAC-B (with credits) 2025</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>'SAC-B (with credits) 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>SAC-B (with credits) 2026</vt:lpstr>
+      <vt:lpstr>SAC-B (Basic) (no credits) 2026</vt:lpstr>
+      <vt:lpstr>'SAC-B (Basic) (no credits) 2026'!Print_Area</vt:lpstr>
+      <vt:lpstr>'SAC-B (with credits) 2026'!Print_Area</vt:lpstr>
       <vt:lpstr>TypeOfCredit</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-B Form</dc:title>
   <dc:subject>Residential Detail Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>