--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -5,66 +5,66 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4927D48D-F8C3-4276-9FF4-11A1A6161DFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC5D256B-F2D6-474B-B2F8-9048FA02C5DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-A_2025" sheetId="2" r:id="rId1"/>
+    <sheet name="SAC-A_2026" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-A_2025'!$A$1:$I$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'SAC-A_2026'!$A$1:$I$56</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I11" i="2" l="1"/>
   <c r="I15" i="2"/>
   <c r="I16" i="2"/>
   <c r="I12" i="2"/>
   <c r="I23" i="2"/>
   <c r="I26" i="2"/>
   <c r="I29" i="2"/>
   <c r="I31" i="2"/>
@@ -270,64 +270,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to be taken Community-Wide:  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>-</t>
     </r>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-  <si>
     <t>the reporting period. Postmark date is not acceptable.</t>
   </si>
   <si>
     <t>(If discount applied in letter, enter SAC due in Section 1 on Apartment line.)</t>
   </si>
   <si>
     <t>(If discount applied in letter, enter SAC due in Section 1 on Multi-Family line.)</t>
   </si>
   <si>
     <t>Current SAC Rate Must Be Entered:   x</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">x 60% </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(to receive 40% discount</t>
     </r>
     <r>
       <rPr>
@@ -354,214 +340,228 @@
   <si>
     <r>
       <t xml:space="preserve">Adjustments to current months issued permits </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(attach explanation) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:   +</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">The payment and report must be </t>
+      <t xml:space="preserve">Reporting Period </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(month or quarter)</t>
+    </r>
+  </si>
+  <si>
+    <t>Multi-Family</t>
+  </si>
+  <si>
+    <t>Apartment</t>
+  </si>
+  <si>
+    <t>Residential/Commercial Combination</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apartment </t>
+  </si>
+  <si>
+    <t>Publicly-Assisted Housing</t>
+  </si>
+  <si>
+    <t>Apartment/Condo Conversion</t>
+  </si>
+  <si>
+    <t>Net SAC 
+(Allowable Net Credits 
+Entered Further Down)</t>
+  </si>
+  <si>
+    <t>Building/Sewer Permit Units (Charge)</t>
+  </si>
+  <si>
+    <r>
+      <t>Offsetting Demo Credit Units (Credit)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">                 </t>
+    </r>
+  </si>
+  <si>
+    <t>(If Total Amount Due is a negative number, this is the net credit balance to carry forward on your next Activity Report on the "Net SAC Unit Credit Balance from Previous Reporting Period line.)</t>
+  </si>
+  <si>
+    <t>2026 ACTIVITY SUMMARY REPORT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attach SAC Form </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Met Council Determination Letter (if applicable)</t>
+    </r>
+  </si>
+  <si>
+    <t>Only for Met Council Permitted Industrial User SAC Payments</t>
+  </si>
+  <si>
+    <r>
+      <t>SECTION 2 - Discounted SAC Rate</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Met Council prior approval required)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attach SAC-C Form </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Met Council Determination Letter </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SAC Deferral Original Payment(s) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(attach SAC-E Form) :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Payment &amp; report must be </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>received</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> by MCES in</t>
-[...139 lines deleted...]
-    <t>2025 ACTIVITY SUMMARY REPORT</t>
+      <t xml:space="preserve"> by Met Council in</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode=";;;"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00_);\-0.00"/>
     <numFmt numFmtId="167" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="168" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Arial"/>
@@ -1453,51 +1453,51 @@
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$54" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$54" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2233" name="Picture 27" descr="clip_image008">
           <a:extLst>
@@ -1991,67 +1991,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-A Form</a:t>
+            <a:t>SAC-A Form</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="11" name="Text Box 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B000000}"/>
@@ -3449,411 +3449,411 @@
     <col min="2" max="2" width="3.125" customWidth="1"/>
     <col min="3" max="3" width="15.375" customWidth="1"/>
     <col min="4" max="4" width="13.375" customWidth="1"/>
     <col min="5" max="5" width="8.25" customWidth="1"/>
     <col min="6" max="6" width="14.125" customWidth="1"/>
     <col min="7" max="7" width="10.25" customWidth="1"/>
     <col min="8" max="8" width="9.875" customWidth="1"/>
     <col min="9" max="9" width="20.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="2:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="85" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="84"/>
       <c r="D5" s="84"/>
       <c r="E5" s="84"/>
       <c r="F5" s="84"/>
       <c r="G5" s="84"/>
       <c r="H5" s="84"/>
       <c r="I5" s="84"/>
     </row>
     <row r="6" spans="2:9" ht="18" x14ac:dyDescent="0.25">
       <c r="B6" s="40" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C6" s="37"/>
       <c r="D6" s="37"/>
       <c r="E6" s="37"/>
       <c r="F6" s="37"/>
       <c r="G6" s="37"/>
       <c r="H6" s="37"/>
       <c r="I6" s="37"/>
     </row>
     <row r="7" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="35" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="47"/>
       <c r="F7" s="69"/>
       <c r="G7" s="69"/>
       <c r="H7" s="69"/>
       <c r="I7" s="7"/>
     </row>
     <row r="8" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="35" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E8" s="48"/>
       <c r="F8" s="70"/>
       <c r="G8" s="35" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="41"/>
       <c r="I8" s="7"/>
     </row>
     <row r="9" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="7"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
     </row>
     <row r="10" spans="2:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="49" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C10" s="103"/>
       <c r="D10" s="101" t="s">
         <v>1</v>
       </c>
       <c r="E10" s="100"/>
       <c r="F10" s="100"/>
       <c r="G10" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="I10" s="10" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="90"/>
       <c r="C11" s="102" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="51"/>
       <c r="E11" s="51"/>
       <c r="F11" s="52"/>
       <c r="G11" s="50"/>
       <c r="H11" s="1"/>
       <c r="I11" s="11" t="str">
         <f>IF(AND(G11="",H11=""),"",IF(G11-H11&lt;0,0,G11-H11))</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="91"/>
       <c r="C12" s="96" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D12" s="51"/>
       <c r="E12" s="51"/>
       <c r="F12" s="52"/>
       <c r="G12" s="50"/>
       <c r="H12" s="1"/>
       <c r="I12" s="11" t="str">
         <f t="shared" ref="I12:I17" si="0">IF(AND(G12="",H12=""),"",IF(G12-H12&lt;0,0,G12-H12))</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="90"/>
       <c r="C13" s="97" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D13" s="51"/>
       <c r="E13" s="51"/>
       <c r="F13" s="52"/>
       <c r="G13" s="50"/>
       <c r="H13" s="1"/>
       <c r="I13" s="11" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="14" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="92"/>
       <c r="C14" s="97" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D14" s="51"/>
       <c r="E14" s="51"/>
       <c r="F14" s="52"/>
       <c r="G14" s="50"/>
       <c r="H14" s="1"/>
       <c r="I14" s="11" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="15" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="92"/>
       <c r="C15" s="97" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="51"/>
       <c r="E15" s="51"/>
       <c r="F15" s="52"/>
       <c r="G15" s="50"/>
       <c r="H15" s="1"/>
       <c r="I15" s="11" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="16" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="92"/>
       <c r="C16" s="97" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="51"/>
       <c r="E16" s="51"/>
       <c r="F16" s="52"/>
       <c r="G16" s="50"/>
       <c r="H16" s="1"/>
       <c r="I16" s="11" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="17" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="93"/>
       <c r="C17" s="97" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D17" s="51"/>
       <c r="E17" s="51"/>
       <c r="F17" s="52"/>
       <c r="G17" s="50"/>
       <c r="H17" s="2"/>
       <c r="I17" s="11" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="18" spans="2:9" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="42"/>
       <c r="C18" s="94"/>
       <c r="D18" s="94"/>
       <c r="E18" s="94"/>
       <c r="F18" s="94"/>
       <c r="H18" s="13" t="s">
         <v>5</v>
       </c>
       <c r="I18" s="14">
         <f>IF(COUNT(G11:H17)&lt;1,0,SUM(I11:I17))</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:9" ht="6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="44"/>
       <c r="C19" s="17"/>
       <c r="D19" s="17"/>
       <c r="E19" s="17"/>
       <c r="F19" s="17"/>
       <c r="G19" s="16"/>
       <c r="H19" s="18"/>
       <c r="I19" s="19"/>
     </row>
     <row r="20" spans="2:9" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="43"/>
       <c r="C20" s="43"/>
       <c r="D20" s="43"/>
       <c r="E20" s="43"/>
       <c r="F20" s="43"/>
     </row>
     <row r="21" spans="2:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="49" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C21" s="49"/>
       <c r="D21" s="65" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="E21" s="66"/>
       <c r="F21" s="66"/>
       <c r="G21" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="H21" s="9" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="I21" s="10" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="86"/>
       <c r="C22" s="95" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D22" s="53"/>
       <c r="E22" s="53"/>
       <c r="F22" s="54"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="20" t="str">
         <f>IF(AND(ISBLANK(G22),ISBLANK(H22)),"",G22-H22)</f>
         <v/>
       </c>
     </row>
     <row r="23" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B23" s="87"/>
       <c r="C23" s="67" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D23" s="43"/>
       <c r="E23" s="43"/>
       <c r="F23" s="43"/>
       <c r="H23" s="13" t="s">
         <v>6</v>
       </c>
       <c r="I23" s="20" t="str">
         <f>IF(AND(ISBLANK(G22),ISBLANK(H22)),"",SUM(I22*0.8))</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="87"/>
       <c r="C24" s="68"/>
       <c r="D24" s="43"/>
       <c r="E24" s="43"/>
       <c r="F24" s="43"/>
       <c r="H24" s="13"/>
       <c r="I24" s="21"/>
     </row>
     <row r="25" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="87"/>
       <c r="C25" s="98" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D25" s="53"/>
       <c r="E25" s="53"/>
       <c r="F25" s="54"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="20" t="str">
         <f>IF(AND(ISBLANK(G25),ISBLANK(H25)),"",G25-H25)</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B26" s="87"/>
       <c r="C26" s="67" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D26" s="43"/>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="H26" s="13" t="s">
         <v>7</v>
       </c>
       <c r="I26" s="20" t="str">
         <f>IF(AND(ISBLANK(G25),ISBLANK(H25)),"",SUM(I25*0.75))</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="87"/>
       <c r="C27" s="68"/>
       <c r="D27" s="43"/>
       <c r="E27" s="43"/>
       <c r="F27" s="43"/>
       <c r="H27" s="13"/>
       <c r="I27" s="21"/>
     </row>
     <row r="28" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="87"/>
       <c r="C28" s="98" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D28" s="53"/>
       <c r="E28" s="53"/>
       <c r="F28" s="54"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="20" t="str">
         <f>IF(AND(ISBLANK(G28),ISBLANK(H28)),"",G28-H28)</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B29" s="87"/>
       <c r="C29" s="67" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D29" s="88"/>
       <c r="E29" s="88"/>
       <c r="F29" s="43"/>
       <c r="H29" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I29" s="20" t="str">
         <f>IF(AND(ISBLANK(G28),ISBLANK(H28)),"",SUM(I28*0.6))</f>
         <v/>
       </c>
     </row>
     <row r="30" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="87"/>
       <c r="C30" s="67"/>
       <c r="D30" s="43"/>
       <c r="E30" s="43"/>
       <c r="F30" s="43"/>
       <c r="H30" s="13"/>
       <c r="I30" s="21"/>
     </row>
     <row r="31" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="87"/>
       <c r="C31" s="99" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D31" s="55"/>
       <c r="E31" s="55"/>
       <c r="F31" s="56"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="20" t="str">
         <f>IF(AND(ISBLANK(G31),ISBLANK(H31)),"",G31-H31)</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B32" s="12"/>
       <c r="C32" s="67" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D32" s="43"/>
       <c r="E32" s="43"/>
       <c r="F32" s="43"/>
       <c r="H32" s="13" t="s">
         <v>8</v>
       </c>
       <c r="I32" s="20" t="str">
         <f>IF(AND(ISBLANK(G31),ISBLANK(H31)),"",SUM(I31*0.2))</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="89"/>
       <c r="C33" s="46"/>
       <c r="D33" s="45"/>
       <c r="E33" s="45"/>
       <c r="F33" s="45"/>
       <c r="G33" s="22"/>
       <c r="H33" s="23"/>
       <c r="I33" s="24"/>
     </row>
     <row r="34" spans="2:9" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="12"/>
       <c r="H34" s="13" t="s">
@@ -3867,145 +3867,147 @@
     <row r="35" spans="2:9" ht="6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="15"/>
       <c r="C35" s="16"/>
       <c r="D35" s="16"/>
       <c r="E35" s="16"/>
       <c r="F35" s="16"/>
       <c r="G35" s="16"/>
       <c r="H35" s="18"/>
       <c r="I35" s="25"/>
     </row>
     <row r="36" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E36" s="26" t="b">
         <v>0</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>10</v>
       </c>
       <c r="I36" s="27">
         <f>IF(AND((I18=""),(I34="")),"",SUM(I18,I34))</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E37" s="26"/>
       <c r="H37" s="13" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="I37" s="36"/>
     </row>
     <row r="38" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H38" s="13" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="4"/>
     </row>
     <row r="39" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H39" s="13" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="4"/>
     </row>
     <row r="40" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H40" s="13" t="s">
         <v>11</v>
       </c>
       <c r="I40" s="28">
         <f>IF(AND((I18=""),(I34="")),"",SUM(I36+I37-I38-I39))</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H41" s="13" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>28</v>
+      </c>
+      <c r="I41" s="5">
+        <v>2485</v>
+      </c>
     </row>
     <row r="42" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="72" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="C42" s="73"/>
       <c r="D42" s="74"/>
       <c r="E42" s="75"/>
       <c r="H42" s="13" t="s">
         <v>12</v>
       </c>
       <c r="I42" s="30">
         <f>IF(AND((I18=""),(I34="")),"",IF(I40&lt;0,0,SUM(I40*I41)))</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="76" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C43" s="77"/>
       <c r="D43" s="78"/>
       <c r="E43" s="79"/>
       <c r="H43" s="31" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="29">
         <f>IF(D54,IF(ISERROR(I42*0.01),0,I42*0.01),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="80" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C44" s="81"/>
       <c r="D44" s="82"/>
       <c r="E44" s="83"/>
       <c r="H44" s="13" t="s">
         <v>12</v>
       </c>
       <c r="I44" s="32">
         <f>IF(AND((I18=""),(I34="")),"",(I42-I43))</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H45" s="13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I45" s="5"/>
     </row>
     <row r="46" spans="2:9" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G46" s="7"/>
       <c r="H46" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="I46" s="34" t="e">
+      <c r="I46" s="34">
         <f>IF(I40&gt;0,IF((I44+I45)&gt;0,I44+I45,(I44+I45)/I41),IF(I40+(I45/I41)&gt;0,(I40+(I45/I41))*I41,(I40+(I45/I41))))</f>
-        <v>#DIV/0!</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:9" ht="21" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="F47" s="64" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G47" s="64"/>
       <c r="H47" s="64"/>
       <c r="I47" s="64"/>
     </row>
     <row r="48" spans="2:9" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G48" s="7"/>
       <c r="H48" s="35"/>
     </row>
     <row r="49" spans="4:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F49" s="58" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="59"/>
       <c r="H49" s="59"/>
       <c r="I49" s="60"/>
     </row>
     <row r="50" spans="4:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F50" s="57"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="38"/>
     </row>
     <row r="51" spans="4:9" s="104" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F51" s="61" t="s">
@@ -4013,73 +4015,73 @@
       </c>
       <c r="G51" s="62"/>
       <c r="H51" s="62"/>
       <c r="I51" s="107" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="4:9" x14ac:dyDescent="0.25">
       <c r="F52" s="57"/>
       <c r="G52" s="22"/>
       <c r="H52" s="22"/>
       <c r="I52" s="39"/>
     </row>
     <row r="53" spans="4:9" s="104" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F53" s="105" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="106"/>
       <c r="H53" s="106"/>
       <c r="I53" s="107" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="4:9" x14ac:dyDescent="0.25">
       <c r="D54" s="6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F54" s="57"/>
       <c r="G54" s="22"/>
       <c r="H54" s="22"/>
       <c r="I54" s="71"/>
     </row>
     <row r="55" spans="4:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F55" s="61" t="s">
         <v>19</v>
       </c>
       <c r="G55" s="62"/>
       <c r="H55" s="62"/>
       <c r="I55" s="63"/>
     </row>
     <row r="56" spans="4:9" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="F56" s="15"/>
       <c r="G56" s="16"/>
       <c r="H56" s="16"/>
       <c r="I56" s="19"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IjAj9rdm+8qUMnoslKTNrUrvSsIA80kKHgHtRCveRPBlAZgbGLgiBUYVsqT9hO1i1gSGUY6FX8yLhxhOODPlVg==" saltValue="p7ZwhtUq81JEwBg0bYL+2Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="S5Er5LUUuwII3U4zdMnkitYuUSBJqcPf60inBSVcSuK4xMkSzzTvGxsxLgu8zN7CP8FsEcApI8F+tTt+h+swQw==" saltValue="zzxMgxblK2mqm2faxlJmpw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <conditionalFormatting sqref="I18 I34 I36:I37 I40 I42:I44">
     <cfRule type="cellIs" dxfId="1" priority="6" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I46">
     <cfRule type="expression" dxfId="0" priority="4">
       <formula>ISBLANK($I$41)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Incorrect SAC Rate" error="2013 SAC rate = $2435_x000a_2014 SAC rate = $2485" promptTitle="Current SAC Rate" prompt="You must always enter the current SAC rate for the formulas to work correctly._x000a_Current SAC rate = $2485" sqref="I41" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>2485</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" errorTitle="Use Whole Numbers Only" error="Do not enter fractions or decimals.  Only use whole numbers." sqref="G11:H17 G22:H22 G25:H25 G28:H28 G31:H31" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.2" header="0" footer="0"/>
   <pageSetup scale="89" orientation="portrait" horizontalDpi="2400" verticalDpi="2400" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="I46" evalError="1"/>
   </ignoredErrors>
@@ -4117,52 +4119,52 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SAC-A_2025</vt:lpstr>
-      <vt:lpstr>'SAC-A_2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>SAC-A_2026</vt:lpstr>
+      <vt:lpstr>'SAC-A_2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>METROPOLITAN COUNCIL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-A Form</dc:title>
   <dc:subject>Activity Summary Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">