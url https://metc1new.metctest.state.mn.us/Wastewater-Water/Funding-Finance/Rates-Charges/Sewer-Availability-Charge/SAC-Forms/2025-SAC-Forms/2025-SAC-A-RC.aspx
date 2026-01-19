--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -5,63 +5,63 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2025 Report Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ESGM\Finance\SAC\Forms\Activity Reporting Forms\2026 Report Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DA38279C-6692-400D-B496-5BE19AAC94A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7900B2D9-892E-43B7-B568-E972306141BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SAC-A_RC_2025" sheetId="2" r:id="rId1"/>
+    <sheet name="SAC-A_RC_2026" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I41" i="2" l="1"/>
   <c r="I11" i="2" l="1"/>
   <c r="I15" i="2"/>
   <c r="I16" i="2"/>
   <c r="I23" i="2"/>
   <c r="I26" i="2"/>
   <c r="I31" i="2"/>
   <c r="I32" i="2"/>
@@ -349,64 +349,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to be taken Community-Wide:  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>-</t>
     </r>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-  <si>
     <t>the reporting period. Postmark date is not acceptable.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Reporting Period </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(month or quarter)</t>
     </r>
   </si>
   <si>
     <t>(If discount applied in letter, enter SAC due in Section 1 on Apartment line.)</t>
   </si>
   <si>
     <t>(If discount applied in letter, enter SAC due in Section 1 on Multi-Family line.)</t>
   </si>
   <si>
     <r>
       <t>Apartment/Condo Conversion</t>
@@ -509,161 +495,175 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total SAC Rate </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(Sum of SAC Rate + SAC Increment)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:  x</t>
     </r>
   </si>
   <si>
-    <t>The payment and report must be received by MCES in</t>
-[...1 lines deleted...]
-  <si>
     <t>our offices no later than 30 days after the end of</t>
-  </si>
-[...25 lines deleted...]
-    </r>
   </si>
   <si>
     <t>(If Total Amount Due is a negative number, this is the net credit balance to carry forward on your next Activity Report on the "Net SAC Unit Credit Balance from Previous Reporting Period line.)</t>
   </si>
   <si>
     <t>Building/Sewer Permit Units (Charge)</t>
   </si>
   <si>
     <r>
       <t>Offsetting Demo Credit Units (Credit)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">                 </t>
     </r>
   </si>
   <si>
     <t>Net SAC 
 (Allowable Net Credits 
 Entered Further Down)</t>
   </si>
   <si>
-    <r>
-      <t xml:space="preserve">Attach SAC-C Form </t>
+    <t>2026 ACTIVITY SUMMARY REPORT FOR RURAL CENTERS</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attach SAC Form </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>and</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
-MCES Determination Letter</t>
-[...4 lines deleted...]
-      <t xml:space="preserve">Attach SAC Form </t>
+Met Council Dermination Letter (if applicable)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attach SAC-C Form </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>and</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
-MCES Determination Letter (if applicable)</t>
-[...3 lines deleted...]
-    <t>2025 ACTIVITY SUMMARY REPORT FOR RURAL CENTERS</t>
+Met Council Determination Letter</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>SECTION 2 - Discounted SAC Rate</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Met Council prior approval required)</t>
+    </r>
+  </si>
+  <si>
+    <t>Only for Met Council Permitted Industrial User SAC Payments</t>
+  </si>
+  <si>
+    <t>Payment &amp; report must be received by Met Council in</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SAC Deferral Original Payment(s) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(attach SAC-E Form) :</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode=";;;"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00_);\-0.00"/>
     <numFmt numFmtId="167" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="168" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Arial"/>
@@ -1220,51 +1220,51 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="115">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1425,51 +1425,50 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="justify" textRotation="90" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="justify" textRotation="90" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="4" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="4" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1528,50 +1527,56 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
@@ -2024,67 +2029,67 @@
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}"/>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>MCES SAC-A RC Form</a:t>
+            <a:t>SAC-A RC </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="r" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="505150"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Cambria"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Last Updated: 12/30/24</a:t>
+            <a:t>Last Updated: 12/30/25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>38103</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>38101</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="11" name="Text Box 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B000000}"/>
@@ -2108,51 +2113,51 @@
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="900" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>FOR MCES USE ONLY</a:t>
+            <a:t>FOR MET COUNCIL USE ONLY</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="300" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
@@ -3122,689 +3127,689 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B4:I57"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showWhiteSpace="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I8" sqref="I8"/>
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.5" customWidth="1"/>
     <col min="2" max="2" width="3.125" customWidth="1"/>
     <col min="3" max="3" width="16.5" customWidth="1"/>
     <col min="4" max="4" width="13.375" customWidth="1"/>
     <col min="5" max="5" width="8.25" customWidth="1"/>
     <col min="6" max="6" width="14.125" customWidth="1"/>
     <col min="7" max="7" width="10.25" customWidth="1"/>
     <col min="8" max="8" width="9.875" customWidth="1"/>
     <col min="9" max="9" width="20.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="5" spans="2:9" s="98" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="99" t="s">
+    <row r="5" spans="2:9" s="97" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="98" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="97"/>
-[...5 lines deleted...]
-      <c r="I5" s="97"/>
+      <c r="C5" s="96"/>
+      <c r="D5" s="96"/>
+      <c r="E5" s="96"/>
+      <c r="F5" s="96"/>
+      <c r="G5" s="96"/>
+      <c r="H5" s="96"/>
+      <c r="I5" s="96"/>
     </row>
     <row r="6" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="39" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="C6" s="36"/>
       <c r="D6" s="36"/>
       <c r="E6" s="36"/>
       <c r="F6" s="36"/>
       <c r="G6" s="36"/>
       <c r="H6" s="36"/>
       <c r="I6" s="36"/>
     </row>
     <row r="7" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="77"/>
+      <c r="F7" s="114"/>
       <c r="G7" s="77"/>
       <c r="H7" s="77"/>
       <c r="I7" s="6"/>
     </row>
     <row r="8" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="34" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="G8" s="112"/>
+        <v>33</v>
+      </c>
+      <c r="F8" s="115"/>
+      <c r="G8" s="111"/>
       <c r="H8" s="34" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="40"/>
     </row>
     <row r="9" spans="2:9" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
     </row>
     <row r="10" spans="2:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="48" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="D10" s="111" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="99"/>
+      <c r="D10" s="110" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="101"/>
+      <c r="E10" s="100"/>
       <c r="F10" s="45"/>
       <c r="G10" s="8" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I10" s="9" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="66"/>
-      <c r="C11" s="114" t="s">
+      <c r="C11" s="113" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="50"/>
       <c r="E11" s="50"/>
       <c r="F11" s="51"/>
       <c r="G11" s="49"/>
       <c r="H11" s="1"/>
       <c r="I11" s="10" t="str">
         <f>IF(AND(G11="",H11=""),"",IF(G11-H11&lt;0,0,G11-H11))</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="102"/>
-      <c r="C12" s="114" t="s">
+      <c r="B12" s="101"/>
+      <c r="C12" s="113" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="50"/>
       <c r="E12" s="50"/>
       <c r="F12" s="51"/>
       <c r="G12" s="49"/>
       <c r="H12" s="1"/>
       <c r="I12" s="10" t="str">
         <f t="shared" ref="I12:I17" si="0">IF(AND(G12="",H12=""),"",IF(G12-H12&lt;0,0,G12-H12))</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="103"/>
-      <c r="C13" s="114" t="s">
+      <c r="B13" s="102"/>
+      <c r="C13" s="113" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="50"/>
       <c r="E13" s="50"/>
       <c r="F13" s="51"/>
       <c r="G13" s="49"/>
       <c r="H13" s="1"/>
       <c r="I13" s="10" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="14" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="67"/>
-      <c r="C14" s="114" t="s">
+      <c r="C14" s="113" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="50"/>
       <c r="E14" s="50"/>
       <c r="F14" s="51"/>
       <c r="G14" s="49"/>
       <c r="H14" s="1"/>
       <c r="I14" s="10" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="15" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="67"/>
-      <c r="C15" s="114" t="s">
+      <c r="C15" s="113" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="50"/>
       <c r="E15" s="50"/>
       <c r="F15" s="51"/>
       <c r="G15" s="49"/>
       <c r="H15" s="1"/>
       <c r="I15" s="10" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="16" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="67"/>
-      <c r="C16" s="114" t="s">
+      <c r="C16" s="113" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="50"/>
       <c r="E16" s="50"/>
       <c r="F16" s="51"/>
       <c r="G16" s="49"/>
       <c r="H16" s="1"/>
       <c r="I16" s="10" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="17" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="68"/>
-      <c r="C17" s="114" t="s">
-        <v>47</v>
+      <c r="C17" s="113" t="s">
+        <v>53</v>
       </c>
       <c r="D17" s="50"/>
       <c r="E17" s="50"/>
       <c r="F17" s="51"/>
       <c r="G17" s="49"/>
       <c r="H17" s="2"/>
       <c r="I17" s="10" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="18" spans="2:9" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="41"/>
       <c r="C18" s="42"/>
-      <c r="D18" s="104"/>
-[...1 lines deleted...]
-      <c r="F18" s="104"/>
+      <c r="D18" s="103"/>
+      <c r="E18" s="103"/>
+      <c r="F18" s="103"/>
       <c r="H18" s="12" t="s">
         <v>8</v>
       </c>
       <c r="I18" s="13">
         <f>IF(COUNT(G11:H17)&lt;1,0,SUM(I11:I17))</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:9" ht="6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="43"/>
       <c r="C19" s="44"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="15"/>
       <c r="H19" s="17"/>
       <c r="I19" s="18"/>
     </row>
     <row r="20" spans="2:9" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
     </row>
     <row r="21" spans="2:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="48" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C21" s="48"/>
       <c r="D21" s="64" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E21" s="65"/>
       <c r="F21" s="65"/>
       <c r="G21" s="8" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I21" s="9" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="75"/>
       <c r="C22" s="70" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="52"/>
       <c r="E22" s="52"/>
       <c r="F22" s="53"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="19" t="str">
         <f>IF(AND(ISBLANK(G22),ISBLANK(H22)),"",G22-H22)</f>
         <v/>
       </c>
     </row>
     <row r="23" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B23" s="69"/>
       <c r="C23" s="71" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D23" s="42"/>
       <c r="E23" s="42"/>
       <c r="F23" s="42"/>
       <c r="H23" s="12" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="19" t="str">
         <f>IF(AND(ISBLANK(G22),ISBLANK(H22)),"",SUM(I22*0.8))</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="69"/>
       <c r="C24" s="72"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="H24" s="12"/>
       <c r="I24" s="20"/>
     </row>
     <row r="25" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="69"/>
       <c r="C25" s="73" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="53"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="19" t="str">
         <f>IF(AND(ISBLANK(G25),ISBLANK(H25)),"",G25-H25)</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B26" s="69"/>
       <c r="C26" s="71" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="H26" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I26" s="19" t="str">
         <f>IF(AND(ISBLANK(G25),ISBLANK(H25)),"",SUM(I25*0.75))</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="69"/>
       <c r="C27" s="72"/>
       <c r="D27" s="42"/>
       <c r="E27" s="42"/>
       <c r="F27" s="42"/>
       <c r="H27" s="12"/>
       <c r="I27" s="20"/>
     </row>
     <row r="28" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="69"/>
       <c r="C28" s="73" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D28" s="52"/>
       <c r="E28" s="52"/>
       <c r="F28" s="53"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="19" t="str">
         <f>IF(AND(ISBLANK(G28),ISBLANK(H28)),"",G28-H28)</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B29" s="69"/>
       <c r="C29" s="74" t="s">
         <v>12</v>
       </c>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="42"/>
       <c r="H29" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I29" s="19" t="str">
         <f>IF(AND(ISBLANK(G28),ISBLANK(H28)),"",SUM(I28*0.6))</f>
         <v/>
       </c>
     </row>
     <row r="30" spans="2:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="69"/>
       <c r="C30" s="71" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="H30" s="12"/>
       <c r="I30" s="20"/>
     </row>
     <row r="31" spans="2:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="69"/>
       <c r="C31" s="70" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D31" s="54"/>
       <c r="E31" s="54"/>
       <c r="F31" s="55"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="19" t="str">
         <f>IF(AND(ISBLANK(G31),ISBLANK(H31)),"",G31-H31)</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B32" s="69"/>
       <c r="C32" s="74" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="H32" s="12" t="s">
         <v>14</v>
       </c>
       <c r="I32" s="19" t="str">
         <f>IF(AND(ISBLANK(G31),ISBLANK(H31)),"",SUM(I31*0.2))</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="2:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="76"/>
       <c r="C33" s="47" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D33" s="46"/>
       <c r="E33" s="46"/>
       <c r="F33" s="46"/>
       <c r="G33" s="22"/>
       <c r="H33" s="23"/>
       <c r="I33" s="24"/>
     </row>
     <row r="34" spans="2:9" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="11"/>
       <c r="H34" s="12" t="s">
         <v>15</v>
       </c>
       <c r="I34" s="13">
         <f>IF(COUNT(G22:H22,G25:H25,G28:H28,G31:H31)&lt;1,0,SUM(I23,I26,I29,I32))</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:9" ht="6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="17"/>
       <c r="I35" s="25"/>
     </row>
     <row r="36" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H36" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="27">
         <f>IF(AND((I18=""),(I34="")),"",SUM(I18,I34))</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D37" s="26" t="b">
         <v>0</v>
       </c>
       <c r="H37" s="12" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="I37" s="35"/>
     </row>
     <row r="38" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H38" s="12" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="4"/>
     </row>
     <row r="39" spans="2:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H39" s="12" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="4"/>
     </row>
     <row r="40" spans="2:9" ht="15.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="C40" s="93" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="94"/>
+      <c r="C40" s="92" t="s">
+        <v>40</v>
+      </c>
+      <c r="D40" s="93"/>
       <c r="H40" s="12" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="28">
         <f>IF(AND((I18=""),(I34="")),"",SUM(I36+I37-I38-I39))</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C41" s="80" t="s">
-[...4 lines deleted...]
-        <v>44</v>
+      <c r="C41" s="79" t="s">
+        <v>41</v>
+      </c>
+      <c r="D41" s="80"/>
+      <c r="H41" s="83" t="s">
+        <v>43</v>
       </c>
       <c r="I41" s="29">
         <f>D41+D42</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C42" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="83"/>
+      <c r="C42" s="81" t="s">
+        <v>42</v>
+      </c>
+      <c r="D42" s="82"/>
       <c r="H42" s="12" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="30">
         <f>IF(AND((I18=""),(I34="")),"",IF(I40&lt;0,0,SUM(I40*I41)))</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:9" ht="2.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="D43" s="84"/>
-      <c r="E43" s="95"/>
+      <c r="D43" s="83"/>
+      <c r="E43" s="94"/>
       <c r="H43" s="12"/>
       <c r="I43" s="12"/>
     </row>
     <row r="44" spans="2:9" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H44" s="31" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="29">
         <f>IF(E55,IF(ISERROR(I42*0.01),0,I42*0.01),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C45" s="85" t="s">
-[...3 lines deleted...]
-      <c r="E45" s="87"/>
+      <c r="C45" s="84" t="s">
+        <v>54</v>
+      </c>
+      <c r="D45" s="85"/>
+      <c r="E45" s="86"/>
       <c r="H45" s="12" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="32">
         <f>IF(AND((I18=""),(I34="")),"",(I42-I44))</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C46" s="88" t="s">
-[...3 lines deleted...]
-      <c r="E46" s="89"/>
+      <c r="C46" s="87" t="s">
+        <v>44</v>
+      </c>
+      <c r="D46" s="109"/>
+      <c r="E46" s="88"/>
       <c r="H46" s="12" t="s">
         <v>19</v>
       </c>
       <c r="I46" s="5"/>
     </row>
     <row r="47" spans="2:9" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C47" s="92" t="s">
-[...3 lines deleted...]
-      <c r="E47" s="91"/>
+      <c r="C47" s="91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" s="89"/>
+      <c r="E47" s="90"/>
       <c r="G47" s="6"/>
       <c r="H47" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="I47" s="96" t="e">
+      <c r="I47" s="95" t="e">
         <f>IF(I40&gt;0,IF((I45+I46)&gt;0,I45+I46,(I45+I46)/I41),IF(I40+(I46/I41)&gt;0,(I40+(I46/I41))*I41,(I40+(I46/I41))))</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="48" spans="2:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F48" s="109" t="s">
-        <v>49</v>
+      <c r="F48" s="108" t="s">
+        <v>45</v>
       </c>
       <c r="G48" s="63"/>
       <c r="H48" s="63"/>
       <c r="I48" s="63"/>
     </row>
     <row r="49" spans="5:9" ht="0.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G49" s="6"/>
       <c r="H49" s="34"/>
     </row>
     <row r="50" spans="5:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F50" s="57" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="58"/>
       <c r="H50" s="58"/>
       <c r="I50" s="59"/>
     </row>
     <row r="51" spans="5:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F51" s="56"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="37"/>
     </row>
-    <row r="52" spans="5:9" s="105" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="5:9" s="104" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F52" s="60" t="s">
         <v>22</v>
       </c>
       <c r="G52" s="61"/>
       <c r="H52" s="61"/>
-      <c r="I52" s="106" t="s">
+      <c r="I52" s="105" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="5:9" x14ac:dyDescent="0.25">
       <c r="F53" s="56"/>
       <c r="G53" s="22"/>
       <c r="H53" s="22"/>
       <c r="I53" s="38"/>
     </row>
-    <row r="54" spans="5:9" s="105" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F54" s="107" t="s">
+    <row r="54" spans="5:9" s="104" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F54" s="106" t="s">
         <v>24</v>
       </c>
-      <c r="G54" s="108"/>
-[...1 lines deleted...]
-      <c r="I54" s="106" t="s">
+      <c r="G54" s="107"/>
+      <c r="H54" s="107"/>
+      <c r="I54" s="105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="5:9" x14ac:dyDescent="0.25">
-      <c r="E55" s="113" t="b">
+      <c r="E55" s="112" t="b">
         <v>0</v>
       </c>
       <c r="F55" s="56"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
-      <c r="I55" s="79"/>
-[...1 lines deleted...]
-    <row r="56" spans="5:9" s="105" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I55" s="78"/>
+    </row>
+    <row r="56" spans="5:9" s="104" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F56" s="60" t="s">
         <v>26</v>
       </c>
       <c r="G56" s="61"/>
       <c r="H56" s="61"/>
       <c r="I56" s="62"/>
     </row>
     <row r="57" spans="5:9" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="F57" s="14"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
       <c r="I57" s="18"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MedOEDisbOYSZfIA5hTGB3j6+GDcmTb+O7TfQRNzNqSfd/EcD4ecYoPQ+gDFDHxW3eqNiGgjUl+dZ0ACnjWd5w==" saltValue="l6yg+QUgdSf5B1e42hcQHA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="RX5myvrb/mTuKHWN4cYYfnxvS0O1dQtsu1QmX9hyL9jOURo4ZkyB8jywx92dmanFFKgbcUTh1XwC2+dxmfBxSg==" saltValue="fFBjdG3MGgQtUg1YxmPzdg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <conditionalFormatting sqref="I18 I34 I36:I37 I40 I42 I44:I45">
     <cfRule type="cellIs" dxfId="3" priority="11" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I41">
     <cfRule type="expression" dxfId="2" priority="14">
       <formula>ISBLANK($D$41)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I47">
     <cfRule type="expression" dxfId="1" priority="12">
       <formula>ISBLANK($D$41)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="0" priority="13">
       <formula>ISBLANK($I$41)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Incorrect SAC Rate" error="2013 SAC rate = $2435_x000a_2014 SAC rate = $2485" promptTitle="Current SAC Rate" prompt="You must always enter the current SAC rate for the formulas to work correctly._x000a_Current SAC rate = $2485" sqref="I41" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>2485</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" errorTitle="Use Whole Numbers Only" error="Do not enter fractions or decimals.  Only use whole numbers." sqref="G11:H17 G22:H22 G25:H25 G28:H28 G31:H31" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
@@ -3841,51 +3846,51 @@
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>SAC-A_RC_2025</vt:lpstr>
+      <vt:lpstr>SAC-A_RC_2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>METROPOLITAN COUNCIL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCES SAC-A Form</dc:title>
   <dc:subject>Activity Summary Report</dc:subject>
   <dc:creator>SAC Program</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Report</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">